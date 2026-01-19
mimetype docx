--- v0 (2025-12-08)
+++ v1 (2026-01-19)
@@ -9,6807 +9,6882 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="53958AAD" w14:textId="6F02A55F" w:rsidR="00A24CD4" w:rsidRPr="00026637" w:rsidRDefault="003E3D87" w:rsidP="00AC738A">
+    <w:p w14:paraId="53958AAD" w14:textId="79C42C77" w:rsidR="00A24CD4" w:rsidRPr="00DB5DD1" w:rsidRDefault="00A24CD4" w:rsidP="00AC738A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00026637">
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5D5C773C" w14:textId="77777777" w:rsidR="008621D3" w:rsidRPr="00AA0525" w:rsidRDefault="008621D3" w:rsidP="001D3AF3">
+    <w:p w14:paraId="5D5C773C" w14:textId="77777777" w:rsidR="008621D3" w:rsidRPr="00DD2705" w:rsidRDefault="008621D3" w:rsidP="001D3AF3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Preparation of Papers for Journal of Science and Technology </w:t>
+        <w:t xml:space="preserve">Preparation of Papers for </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of Science and Technology </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E942B8" w14:textId="634FB46E" w:rsidR="00AB13BB" w:rsidRPr="00026637" w:rsidRDefault="00AB13BB" w:rsidP="001D3AF3">
+    <w:p w14:paraId="38E942B8" w14:textId="634FB46E" w:rsidR="00AB13BB" w:rsidRPr="00DD2705" w:rsidRDefault="00AB13BB" w:rsidP="001D3AF3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B97BAEE" w14:textId="16CB6BAE" w:rsidR="00AB13BB" w:rsidRPr="00066016" w:rsidRDefault="008621D3" w:rsidP="004F20F6">
+    <w:p w14:paraId="1B97BAEE" w14:textId="16CB6BAE" w:rsidR="00AB13BB" w:rsidRPr="00DD2705" w:rsidRDefault="008621D3" w:rsidP="004F20F6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>First A. Author</w:t>
       </w:r>
-      <w:r w:rsidR="00A8198C" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A8198C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="004934F1" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004934F1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,2</w:t>
       </w:r>
-      <w:r w:rsidR="00AB13BB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AB13BB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Second B. Author</w:t>
       </w:r>
-      <w:r w:rsidR="00DC3AAC">
+      <w:r w:rsidR="00DC3AAC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, Third C. Author</w:t>
       </w:r>
-      <w:r w:rsidR="00A8198C" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A8198C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00D745DC" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00D745DC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EAFEB3" w14:textId="7DBD1114" w:rsidR="00AB13BB" w:rsidRPr="00AA0525" w:rsidRDefault="00A8198C" w:rsidP="004F20F6">
+    <w:p w14:paraId="26EAFEB3" w14:textId="178CFD93" w:rsidR="00AB13BB" w:rsidRPr="00DD2705" w:rsidRDefault="00A8198C" w:rsidP="004F20F6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00066016">
+      <w:r w:rsidR="00066016" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB13BB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AB13BB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Hanoi University of Science and Technology</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="004934F1" w:rsidRPr="00AA0525">
-[...7 lines deleted...]
-      <w:r w:rsidR="00A134ED" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="001E7CB0" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Ha Noi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, Viet</w:t>
+      </w:r>
+      <w:r w:rsidR="00A134ED" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2039E262" w14:textId="46530A18" w:rsidR="005568DA" w:rsidRDefault="00A8198C" w:rsidP="004F20F6">
+    <w:p w14:paraId="2039E262" w14:textId="17FF4541" w:rsidR="005568DA" w:rsidRPr="00DD2705" w:rsidRDefault="00A8198C" w:rsidP="004F20F6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00066016">
+      <w:r w:rsidR="00066016" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004934F1" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004934F1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Viet</w:t>
       </w:r>
-      <w:r w:rsidR="000F0273">
+      <w:r w:rsidR="000F0273" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="004934F1" w:rsidRPr="00AA0525">
-[...7 lines deleted...]
-      <w:r w:rsidR="001C530E" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004934F1" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">am Atomic Energy Institute, </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7CB0" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Ha Noi</w:t>
+      </w:r>
+      <w:r w:rsidR="004934F1" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, Viet</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3793" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="004934F1" w:rsidRPr="00AA0525">
-[...15 lines deleted...]
-      <w:r w:rsidR="004934F1" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004934F1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB70EA3" w14:textId="43A1839C" w:rsidR="00EA5F43" w:rsidRDefault="00DC3AAC" w:rsidP="004F20F6">
+    <w:p w14:paraId="7AB70EA3" w14:textId="43A1839C" w:rsidR="00EA5F43" w:rsidRPr="00DD2705" w:rsidRDefault="00DC3AAC" w:rsidP="004F20F6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00EA5F43" w:rsidRPr="00EA5F43">
+      <w:r w:rsidR="00EA5F43" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Power Systems Laboratory, ETH Zürich, Zürich, Switzerland</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41765773" w14:textId="7685907E" w:rsidR="00AB4DB9" w:rsidRDefault="00AB4DB9" w:rsidP="00AB4DB9">
+    <w:p w14:paraId="41765773" w14:textId="7685907E" w:rsidR="00AB4DB9" w:rsidRPr="00DD2705" w:rsidRDefault="00AB4DB9" w:rsidP="00AB4DB9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00066016">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00066016">
+      <w:r w:rsidR="00066016" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4DB9">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Corresponding author</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> email:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4DB9">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000F0273" w:rsidRPr="00F41F2A">
+      <w:r w:rsidR="000F0273" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>abc@hust.edu.vn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D8626B" w14:textId="47855E96" w:rsidR="006C7782" w:rsidRDefault="006C7782" w:rsidP="00AB4DB9">
+    <w:p w14:paraId="30D8626B" w14:textId="77777777" w:rsidR="006C7782" w:rsidRPr="00DD2705" w:rsidRDefault="006C7782" w:rsidP="00AB4DB9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C717D53" w14:textId="77777777" w:rsidR="00AB13BB" w:rsidRPr="005749F6" w:rsidRDefault="00AB13BB" w:rsidP="005749F6">
+    <w:p w14:paraId="7532AB28" w14:textId="7CBE172D" w:rsidR="009257BC" w:rsidRPr="00DD2705" w:rsidRDefault="00AB13BB" w:rsidP="0022363A">
       <w:pPr>
         <w:spacing w:after="120"/>
-        <w:ind w:left="426"/>
+        <w:ind w:left="426" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00343B46" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00343B46" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E1D2C3" w14:textId="4F2B7373" w:rsidR="00AB13BB" w:rsidRPr="005749F6" w:rsidRDefault="001E389A" w:rsidP="005749F6">
+    <w:p w14:paraId="28E1D2C3" w14:textId="4F2B7373" w:rsidR="00AB13BB" w:rsidRPr="00DD2705" w:rsidRDefault="001E389A" w:rsidP="0022363A">
       <w:pPr>
         <w:spacing w:after="120"/>
-        <w:ind w:left="426"/>
+        <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The abstract must be a concise yet comprehensive reflection of what is in your article. It </w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>should briefly summarize the essence of the paper and address the following areas without using specific subsection titles.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001967A9" w:rsidRPr="005749F6">
+      <w:r w:rsidR="001967A9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The o</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bjectives</w:t>
       </w:r>
-      <w:r w:rsidR="00114B35" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00114B35" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the research</w:t>
       </w:r>
-      <w:r w:rsidR="00335ACB" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00335ACB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> should</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00335ACB" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00335ACB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>riefly</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> state the problem or issue addressed, in language accessible to a general scientific audience. </w:t>
       </w:r>
-      <w:r w:rsidR="00FF3523" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00FF3523" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00FF3523" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00FF3523" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">echnology or </w:t>
       </w:r>
-      <w:r w:rsidR="00A01E2A" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00A01E2A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ethod</w:t>
       </w:r>
-      <w:r w:rsidR="00A01E2A" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00A01E2A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0074314B" w:rsidRPr="005749F6">
+      <w:r w:rsidR="0074314B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">area </w:t>
       </w:r>
-      <w:r w:rsidR="0074314B" w:rsidRPr="005749F6">
+      <w:r w:rsidR="0074314B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>sh</w:t>
       </w:r>
-      <w:r w:rsidR="00A01E2A" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00A01E2A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ould</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A01E2A" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00A01E2A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">riefly summarize the technological innovation or method used to address the problem. </w:t>
       </w:r>
-      <w:r w:rsidR="004D2347" w:rsidRPr="005749F6">
+      <w:r w:rsidR="004D2347" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>esult</w:t>
       </w:r>
-      <w:r w:rsidR="004D2347" w:rsidRPr="005749F6">
+      <w:r w:rsidR="004D2347" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D2347" w:rsidRPr="005749F6">
+      <w:r w:rsidR="004D2347" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>area</w:t>
       </w:r>
-      <w:r w:rsidR="004D2347" w:rsidRPr="005749F6">
+      <w:r w:rsidR="004D2347" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rovide</w:t>
       </w:r>
-      <w:r w:rsidR="00907B6C" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00907B6C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a brief summary of the results and findings. </w:t>
       </w:r>
-      <w:r w:rsidR="00A05129" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00A05129" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="0074314B" w:rsidRPr="005749F6">
+      <w:r w:rsidR="0074314B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>he c</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">onclusions </w:t>
       </w:r>
-      <w:r w:rsidR="0074314B" w:rsidRPr="005749F6">
+      <w:r w:rsidR="0074314B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ive brief concluding remarks on your outcomes. </w:t>
       </w:r>
-      <w:r w:rsidR="0074314B" w:rsidRPr="005749F6">
+      <w:r w:rsidR="0074314B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>mpact</w:t>
       </w:r>
-      <w:r w:rsidR="00DE43C1" w:rsidRPr="005749F6">
+      <w:r w:rsidR="00DE43C1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, if any,</w:t>
       </w:r>
-      <w:r w:rsidR="0074314B" w:rsidRPr="005749F6">
+      <w:r w:rsidR="0074314B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> may c</w:t>
       </w:r>
-      <w:r w:rsidRPr="005749F6">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">omment on the translational aspect of the work presented in the paper and its potential impact. Detailed discussion of these aspects should be provided in the main body of the paper. </w:t>
       </w:r>
-      <w:r w:rsidR="001D3AF3" w:rsidRPr="005749F6">
+      <w:r w:rsidR="001D3AF3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The abstract </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>must</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E057B5" w:rsidRPr="005749F6">
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="001D3AF3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">be between </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2124A" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>200</w:t>
+      </w:r>
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001D3AF3" w:rsidRPr="005749F6">
+      <w:r w:rsidR="001D3AF3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">be between </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C2124A" w:rsidRPr="005749F6">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>200</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E057B5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2124A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>300</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3AF3" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words. Be sure that you adhere to these limits; otherwise, you will need to edit your abstract accordingly. The abstract must be written as one paragraph</w:t>
+      </w:r>
+      <w:r w:rsidR="00321D1A" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001D3AF3" w:rsidRPr="005749F6">
+      <w:r w:rsidR="001D3AF3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t>and should not contain displayed mathematical equations or tabular material. Ensure that your abstract reads well and is grammatically correct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5F552F" w14:textId="2EE094DC" w:rsidR="00AB13BB" w:rsidRPr="00DD2705" w:rsidRDefault="00AB13BB" w:rsidP="0022363A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:r w:rsidR="00004875" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>include three</w:t>
+      </w:r>
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="00004875" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> five different keywords</w:t>
+      </w:r>
+      <w:r w:rsidR="00087099" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00004875" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phrases</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5E42" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2124A" w:rsidRPr="005749F6">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC5E42" w:rsidRPr="00DD2705">
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>300</w:t>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t>in alphabetical order, separated by commas</w:t>
+      </w:r>
+      <w:r w:rsidR="0033096B" w:rsidRPr="00DD2705">
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> words. Be sure that you adhere to these limits; otherwise, you will need to edit your abstract accordingly. The abstract must be written as one paragraph</w:t>
-[...17 lines deleted...]
-        <w:t>and should not contain displayed mathematical equations or tabular material. Ensure that your abstract reads well and is grammatically correct.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A5F552F" w14:textId="2EE094DC" w:rsidR="00AB13BB" w:rsidRPr="005749F6" w:rsidRDefault="00AB13BB" w:rsidP="005749F6">
-[...89 lines deleted...]
-    <w:p w14:paraId="68F1ADA2" w14:textId="77777777" w:rsidR="00D745DC" w:rsidRPr="00026637" w:rsidRDefault="00D745DC" w:rsidP="00026637">
+    <w:p w14:paraId="68F1ADA2" w14:textId="77777777" w:rsidR="00D745DC" w:rsidRPr="00DD2705" w:rsidRDefault="00D745DC" w:rsidP="00026637">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A9F07EE" w14:textId="77777777" w:rsidR="00D745DC" w:rsidRPr="00026637" w:rsidRDefault="00D745DC" w:rsidP="00026637">
+    <w:p w14:paraId="1A9F07EE" w14:textId="55291FF5" w:rsidR="00D745DC" w:rsidRPr="00DD2705" w:rsidRDefault="00D745DC" w:rsidP="00026637">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00D745DC" w:rsidRPr="00026637" w:rsidSect="005749F6">
+        <w:sectPr w:rsidR="00D745DC" w:rsidRPr="00DD2705" w:rsidSect="005749F6">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="397"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61FFF466" w14:textId="77777777" w:rsidR="00D745DC" w:rsidRPr="00AA0525" w:rsidRDefault="00D745DC" w:rsidP="004F20F6">
+    <w:p w14:paraId="61FFF466" w14:textId="77777777" w:rsidR="00D745DC" w:rsidRPr="00DD2705" w:rsidRDefault="00D745DC" w:rsidP="004F20F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1. Introduction</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337016DE" w14:textId="78A1782A" w:rsidR="00B20BE1" w:rsidRPr="00AA0525" w:rsidRDefault="001E389A" w:rsidP="004E5A31">
+    <w:p w14:paraId="337016DE" w14:textId="78A1782A" w:rsidR="00B20BE1" w:rsidRPr="00DD2705" w:rsidRDefault="001E389A" w:rsidP="004E5A31">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Th</w:t>
       </w:r>
-      <w:r w:rsidR="00DF30A4" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00DF30A4" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">is template contains </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">instructions for preparing </w:t>
       </w:r>
-      <w:r w:rsidR="00DF30A4" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00DF30A4" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the manuscript to be submitted</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00303361">
+      <w:r w:rsidR="00303361" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003724D3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="003724D3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Science and Technology </w:t>
       </w:r>
-      <w:r w:rsidR="005E6056" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="005E6056" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>JST</w:t>
       </w:r>
-      <w:r w:rsidR="005E6056" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="005E6056" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED73AFD" w14:textId="450DCCD4" w:rsidR="00B20BE1" w:rsidRPr="00AA0525" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
+    <w:p w14:paraId="6ED73AFD" w14:textId="450DCCD4" w:rsidR="00B20BE1" w:rsidRPr="00DD2705" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The Journal of Science and Technology publish</w:t>
       </w:r>
-      <w:r w:rsidR="00B67AE2">
+      <w:r w:rsidR="00B67AE2" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> research works with novel scientific and practical values in scientific research. The work described must not have been published in or submitted to other scientific journals. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B6A55D" w14:textId="77777777" w:rsidR="00445FA7" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
+    <w:p w14:paraId="15B6A55D" w14:textId="77777777" w:rsidR="00445FA7" w:rsidRPr="00DD2705" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">All manuscripts will be double-blind reviewed. Authors need to ensure that their manuscripts are prepared in a way that does not give away their identity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39328EDF" w14:textId="7AC10F80" w:rsidR="00B20BE1" w:rsidRPr="00AA0525" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
+    <w:p w14:paraId="39328EDF" w14:textId="7AC10F80" w:rsidR="00B20BE1" w:rsidRPr="00DD2705" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The contribution and affiliation of each author in a paper should be clarified. </w:t>
       </w:r>
-      <w:r w:rsidR="00445FA7">
+      <w:r w:rsidR="00445FA7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00445FA7" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00445FA7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">submitting </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">author should be assigned as the corresponding author. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63FCB251" w14:textId="18EA5FC7" w:rsidR="007D11E6" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
+    <w:p w14:paraId="63FCB251" w14:textId="18EA5FC7" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications of results from research projects must </w:t>
       </w:r>
-      <w:r w:rsidR="007D11E6">
+      <w:r w:rsidR="007D11E6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>obtain</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> permission from the funding agencies and should include </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>conforming acknowledgment.</w:t>
       </w:r>
-      <w:r w:rsidR="002858BB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002858BB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BC85DF" w14:textId="0C2961F6" w:rsidR="00B20BE1" w:rsidRPr="00AA0525" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
+    <w:p w14:paraId="18BC85DF" w14:textId="0C2961F6" w:rsidR="00B20BE1" w:rsidRPr="00DD2705" w:rsidRDefault="00B20BE1" w:rsidP="004E5A31">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Changes in author information</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> acknowledgment </w:t>
       </w:r>
-      <w:r w:rsidR="007D11E6">
+      <w:r w:rsidR="007D11E6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">after submission </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">should be consented </w:t>
       </w:r>
-      <w:r w:rsidR="00D47C4B">
+      <w:r w:rsidR="00D47C4B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in writing by all authors to the Editorial Board.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD17DEC" w14:textId="3FDE0C19" w:rsidR="007D11E6" w:rsidRPr="000F7016" w:rsidRDefault="00A04AE3" w:rsidP="000F7016">
+    <w:p w14:paraId="0BD17DEC" w14:textId="3FDE0C19" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="00A04AE3" w:rsidP="000F7016">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
-      <w:r w:rsidR="007D11E6" w:rsidRPr="000F7016">
+      <w:r w:rsidR="007D11E6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Publishing Policy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6922C982" w14:textId="77777777" w:rsidR="00445FA7" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
+    <w:p w14:paraId="6C9F8448" w14:textId="77777777" w:rsidR="00F60330" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="00F60330">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The JST policy requires that authors should only submit original work that has neither appeared elsewhere for publication nor is under review for another refereed publication. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED876C3" w14:textId="3F591002" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
+    <w:p w14:paraId="7ED876C3" w14:textId="75698851" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="00F60330">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...5 lines deleted...]
-      <w:r w:rsidR="00445FA7">
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The author must disclose all prior publication(s) and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">current submissions when submitting a manuscript. Do not publish “preliminary” data or results. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00445FA7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>corresponding</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> author is responsible for obtaining the agreement of all co</w:t>
       </w:r>
-      <w:r w:rsidR="00445FA7">
+      <w:r w:rsidR="00445FA7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>authors and any consent required from employers or sponsors before submitting an article. The JST strongly discourages courtesy authorship; it is the obligation of the authors to cite only relevant prior work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5151013D" w14:textId="77777777" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
+    <w:p w14:paraId="5151013D" w14:textId="77777777" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The JST can publish articles related to conferences that have undergone rigorous peer review. Minimally, two reviews are required for every article submitted for peer review.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA9584E" w14:textId="6D824458" w:rsidR="007D11E6" w:rsidRPr="000F7016" w:rsidRDefault="000F7016" w:rsidP="000F7016">
+    <w:p w14:paraId="2BA9584E" w14:textId="6D824458" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="000F7016" w:rsidP="000F7016">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00A04AE3">
+      <w:r w:rsidR="00A04AE3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007D11E6" w:rsidRPr="000F7016">
+      <w:r w:rsidR="007D11E6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Publication Principles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAD6555" w14:textId="34EFB09D" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
+    <w:p w14:paraId="1AAD6555" w14:textId="7FA819E0" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The two types of content of that published are: 1) peer-reviewed and 2) archival. The JST publishes scholarly articles of archival value as well as tutorial expositions and critical reviews of classical subjects and topics of current interest. </w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The two types of content of that published are: </w:t>
+      </w:r>
+      <w:r w:rsidR="009257BC" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) peer-reviewed and 2) archival. The JST publishes scholarly articles of archival value as well as tutorial expositions and critical reviews of classical subjects and topics of current interest. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09151BD0" w14:textId="77777777" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="00972DE2">
+    <w:p w14:paraId="09151BD0" w14:textId="77777777" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="00972DE2">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Authors should consider the following points:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D8BB4E" w14:textId="77777777" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="00A04AE3">
+    <w:p w14:paraId="58CFA8E6" w14:textId="77777777" w:rsidR="00CA6D99" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="00CA6D99">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426" w:hanging="426"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical papers submitted for publication must advance the state of knowledge and must cite relevant prior work. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A96506A" w14:textId="77777777" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="007D11E6">
+    <w:p w14:paraId="043A11E2" w14:textId="77777777" w:rsidR="00CA6D99" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="00CA6D99">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426" w:hanging="426"/>
-[...14 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The length of a submitted paper should be commensurate with the importance, or appropriate to the complexity, of the work. For example, an obvious extension of previously published work</w:t>
+      </w:r>
+      <w:r w:rsidR="00F356E3" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>might not be appropriate for publication or might be adequately treated in just a few pages.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5397CB5F" w14:textId="5E200D6C" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="007D11E6">
+    <w:p w14:paraId="04498ABE" w14:textId="77777777" w:rsidR="00CA6D99" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="00CA6D99">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426" w:hanging="426"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Authors must convince both peer reviewers and editors of the scientific and technical merit of a paper; the standards of proof are higher when extraordinary or unexpected results are reported. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0161E5B0" w14:textId="77777777" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="007D11E6">
+    <w:p w14:paraId="0161E5B0" w14:textId="26396E4F" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="00CA6D99">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426" w:hanging="426"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Because replication is required for scientific progress, papers submitted for publication must provide sufficient information to allow readers to perform similar experiments or calculations and use the reported results. Although not everything needs to be disclosed, a paper must contain new, useable, and fully described information. For example, a specimen’s chemical composition need not be reported if the main purpose of a paper is to introduce a new measurement technique. Authors should expect to be challenged by reviewers if the results are not supported by adequate data and critical details.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B5532D" w14:textId="77777777" w:rsidR="007D11E6" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
+    <w:p w14:paraId="23B5532D" w14:textId="77777777" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A77E3D">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Papers that describe ongoing work or announce the latest technical achievement, which are suitable for presentation at a professional conference, may not be appropriate for publication.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E44AEB3" w14:textId="3A8B59CC" w:rsidR="007D11E6" w:rsidRPr="000F7016" w:rsidRDefault="000F7016" w:rsidP="000F7016">
+    <w:p w14:paraId="7E44AEB3" w14:textId="3A8B59CC" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="000F7016" w:rsidP="000F7016">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00A04AE3">
+      <w:r w:rsidR="00A04AE3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007D11E6" w:rsidRPr="000F7016">
+      <w:r w:rsidR="007D11E6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Copyright Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BEF0E10" w14:textId="35B78213" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
+    <w:p w14:paraId="2BEF0E10" w14:textId="35B78213" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon submission of an article, authors will be asked to complete a 'Copyright Transfer Form'. </w:t>
       </w:r>
-      <w:r w:rsidR="00445FA7">
+      <w:r w:rsidR="00445FA7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>By completing this form, the corresponding author</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00445FA7">
+      <w:r w:rsidR="00445FA7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> on behalf of all t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>he authors grant</w:t>
       </w:r>
-      <w:r w:rsidR="00F551A8">
+      <w:r w:rsidR="00F551A8" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the JST the unlimited, worldwide, irrevocable permission, and right to use his/her paper as part of the publication, advertisement, distribution, and release JST from any claim base</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on right of privacy or publicity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CFB55CE" w14:textId="2F406608" w:rsidR="007D11E6" w:rsidRPr="00AA0525" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
+    <w:p w14:paraId="0CFB55CE" w14:textId="2F406608" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="007D11E6" w:rsidP="0087187F">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Permission of the Publisher is required for resale or distribution outside the institution and for all other derivative works, including compilations and translations. If </w:t>
       </w:r>
-      <w:r w:rsidR="00AE3B16">
+      <w:r w:rsidR="00AE3B16" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00C0411D">
+      <w:r w:rsidR="00C0411D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ac</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cept</w:t>
       </w:r>
-      <w:r w:rsidR="00C0411D">
+      <w:r w:rsidR="00C0411D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> from other copyrighted works are included, the author(s) must obtain written permission from the copyright owners and credit the source(s) in the article.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21177915" w14:textId="0302CC66" w:rsidR="007D11E6" w:rsidRPr="000F7016" w:rsidRDefault="000F7016" w:rsidP="000F7016">
+    <w:p w14:paraId="21177915" w14:textId="0302CC66" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="000F7016" w:rsidP="000F7016">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00A04AE3">
+      <w:r w:rsidR="00A04AE3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB2035" w:rsidRPr="00CB2035">
+      <w:r w:rsidR="00CB2035" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Response to Reviewers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8CEBC7" w14:textId="459C1986" w:rsidR="007D11E6" w:rsidRDefault="00EF5323" w:rsidP="0087187F">
+    <w:p w14:paraId="1C8CEBC7" w14:textId="1177E5B8" w:rsidR="007D11E6" w:rsidRPr="00DD2705" w:rsidRDefault="00EF5323" w:rsidP="0087187F">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
-          <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-        <w:t>When submitting a revised version of the paper, the authors are requested to reply to the reviewers’ comments and address all the questions raised in both the first and second rounds of review. These comments and responses must be attached at the end of the revised paper.</w:t>
+          <w:strike/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>When submitting a revised version of the paper, the authors are requested to reply to the reviewers’ comments and address all the questions raised in both the first and second rounds of review.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412FD097" w14:textId="487F4A94" w:rsidR="00445FA7" w:rsidRPr="000F7016" w:rsidRDefault="000F7016" w:rsidP="000F7016">
+    <w:p w14:paraId="412FD097" w14:textId="487F4A94" w:rsidR="00445FA7" w:rsidRPr="00DD2705" w:rsidRDefault="000F7016" w:rsidP="000F7016">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00A04AE3">
+      <w:r w:rsidR="00A04AE3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00445FA7" w:rsidRPr="000F7016">
+      <w:r w:rsidR="00445FA7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>General Format Guidelines</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F364C8A" w14:textId="1E57299A" w:rsidR="00A77E3D" w:rsidRPr="00C8024C" w:rsidRDefault="00A77E3D" w:rsidP="00E057B5">
+    <w:p w14:paraId="4F364C8A" w14:textId="1E57299A" w:rsidR="00A77E3D" w:rsidRPr="00DD2705" w:rsidRDefault="00A77E3D" w:rsidP="00E057B5">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...11 lines deleted...]
-      <w:r w:rsidR="00CE32F5" w:rsidRPr="00996B8C">
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The manuscript must be typewritten in A4 size and prepared according to the journal’s template. Submit your manuscript in Word and PDF format through a Web manuscript submission system. Authors </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE32F5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">should use </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00CE32F5" w:rsidRPr="00996B8C">
+      <w:r w:rsidR="00CE32F5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">proper picture size to avoid </w:t>
       </w:r>
-      <w:r w:rsidRPr="00996B8C">
-[...21 lines deleted...]
-        <w:t>website.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>large files. Authors are requested to follow the review progress electronically by using the online submission system on the journal’s website.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A7C2870" w14:textId="1C5772AD" w:rsidR="004F3578" w:rsidRDefault="004F3578" w:rsidP="0087187F">
+    <w:p w14:paraId="4A7C2870" w14:textId="3FB46F61" w:rsidR="004F3578" w:rsidRPr="00DD2705" w:rsidRDefault="004F3578" w:rsidP="0087187F">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F3578">
-[...3 lines deleted...]
-        <w:t>The recommended standard length of manuscript is 8 pages. Extra lengths, from the 9th page up to 12 pages, are accepted with an additional fee. The submission fee is 35$ for standard page length up to 8 pages. Extra page length charge is 8$/page.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The recommended standard length of </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK5"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">manuscript </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is 8 pages. Extra lengths, from the 9th page up to 12 pages, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are accepted with an additional fee. The submission fee is </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1773" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">$ for standard page length up to 8 pages. Extra page length charge is </w:t>
+      </w:r>
+      <w:r w:rsidR="00E97639" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>$/page.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BCC1FBE" w14:textId="230E28D8" w:rsidR="003724D3" w:rsidRPr="00C8024C" w:rsidRDefault="001E389A" w:rsidP="0087187F">
+    <w:p w14:paraId="7BCC1FBE" w14:textId="230E28D8" w:rsidR="003724D3" w:rsidRPr="00DD2705" w:rsidRDefault="001E389A" w:rsidP="0087187F">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper titles should be written </w:t>
       </w:r>
-      <w:r w:rsidR="00E010F0" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00E010F0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>using sentence case</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F44FD0" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00F44FD0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Avoid </w:t>
       </w:r>
-      <w:r w:rsidR="000B302D" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="000B302D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>parentheses</w:t>
       </w:r>
-      <w:r w:rsidR="000B302D" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="000B302D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B302D" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="000B302D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">and avoid </w:t>
       </w:r>
-      <w:r w:rsidR="00E010F0" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00E010F0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>using special symbols or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> long formulas with subscripts in the title; short formulas that identify the elements are fine (e.g., "Nd–Fe–B").</w:t>
       </w:r>
-      <w:r w:rsidR="0056080A" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="0056080A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708C83EB" w14:textId="4E60F7E2" w:rsidR="003724D3" w:rsidRPr="000B302D" w:rsidRDefault="003724D3" w:rsidP="0087187F">
+    <w:p w14:paraId="708C83EB" w14:textId="4E60F7E2" w:rsidR="003724D3" w:rsidRPr="00DD2705" w:rsidRDefault="003724D3" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In the author field, f</w:t>
       </w:r>
-      <w:r w:rsidR="001E389A" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="001E389A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ull names and affiliation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="001E389A" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="001E389A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of authors are preferred. Put a space between authors’ initials. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
-[...13 lines deleted...]
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The contribution and role of each author in the article should be clarified. Only one author is assigned as the corresponding author who will directly interact </w:t>
+      </w:r>
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>with and contact</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="00E010F0" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00E010F0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>JST</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000B302D">
+      <w:r w:rsidR="000B302D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">The information of the corresponding author </w:t>
       </w:r>
-      <w:r w:rsidR="006E6D87">
+      <w:r w:rsidR="006E6D87" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">in the JST online system </w:t>
       </w:r>
-      <w:r w:rsidR="000B302D">
+      <w:r w:rsidR="000B302D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">should </w:t>
       </w:r>
-      <w:r w:rsidR="006E6D87">
+      <w:r w:rsidR="006E6D87" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>coincide with the information written in the manuscript.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC89934" w14:textId="4461BE1A" w:rsidR="003724D3" w:rsidRPr="00AA0525" w:rsidRDefault="003724D3" w:rsidP="0087187F">
+    <w:p w14:paraId="2EC89934" w14:textId="4461BE1A" w:rsidR="003724D3" w:rsidRPr="00DD2705" w:rsidRDefault="003724D3" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The footnote will contain the </w:t>
       </w:r>
-      <w:r w:rsidR="00615730">
+      <w:r w:rsidR="00615730" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>ISSN and DOI number, which will be filled in by the journal editor. Please do not erase the footnote foreseen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the first page of the </w:t>
       </w:r>
-      <w:r w:rsidR="00615730">
+      <w:r w:rsidR="00615730" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>template</w:t>
       </w:r>
-      <w:r w:rsidR="00DE7604" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00DE7604" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3948B4ED" w14:textId="1269B83B" w:rsidR="003D5E51" w:rsidRDefault="00F4486A" w:rsidP="0087187F">
+    <w:p w14:paraId="3948B4ED" w14:textId="55137EEF" w:rsidR="003D5E51" w:rsidRPr="00DD2705" w:rsidRDefault="00F4486A" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The paper is presented </w:t>
       </w:r>
-      <w:r w:rsidR="00EB0189" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00EB0189" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="007B7619" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="007B7619" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003724D3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="003724D3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00F35E3F" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00F35E3F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>two</w:t>
       </w:r>
-      <w:r w:rsidR="00D36817" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00D36817" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">column </w:t>
       </w:r>
-      <w:r w:rsidR="007B7619" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="007B7619" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>format</w:t>
       </w:r>
-      <w:r w:rsidR="00D36817" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00D36817" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
-      <w:r w:rsidR="003724D3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="003724D3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00CC3D84" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00CC3D84" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>column spacing of</w:t>
       </w:r>
-      <w:r w:rsidR="00C74B2C" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C74B2C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC3D84" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00CC3D84" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>0.7</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000370E3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="000370E3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cm</w:t>
       </w:r>
-      <w:r w:rsidR="007B7619" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="007B7619" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003724D3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="003724D3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The p</w:t>
       </w:r>
-      <w:r w:rsidR="003C1AA6" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="003C1AA6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">aper size </w:t>
       </w:r>
-      <w:r w:rsidR="00BD00A6" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00BD00A6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00334DC5" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00334DC5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A10FFC" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A10FFC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">A4, portrait. </w:t>
       </w:r>
-      <w:r w:rsidR="009D2BC7" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="009D2BC7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00BD00A6" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00BD00A6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>age</w:t>
       </w:r>
-      <w:r w:rsidR="00734BCF">
+      <w:r w:rsidR="00734BCF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C638DB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C638DB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>setups</w:t>
       </w:r>
-      <w:r w:rsidR="00734BCF">
+      <w:r w:rsidR="00734BCF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007041BC" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="007041BC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00734BCF">
+      <w:r w:rsidR="00734BCF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00700EF9" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00700EF9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="00734BCF">
+      <w:r w:rsidR="00734BCF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00230453" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00230453" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>margins</w:t>
       </w:r>
-      <w:r w:rsidR="00734BCF">
+      <w:r w:rsidR="00734BCF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00230453" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00230453" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00734BCF">
+      <w:r w:rsidR="00734BCF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2689" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Top: </w:t>
       </w:r>
-      <w:r w:rsidR="00EE0174">
+      <w:r w:rsidR="00EE0174" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2689" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">cm, Bottom: </w:t>
       </w:r>
-      <w:r w:rsidR="00DE7604" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00DE7604" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2.5</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2689" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cm, Left: 2</w:t>
       </w:r>
-      <w:r w:rsidR="00C27248" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C27248" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FA2689" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2689" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cm, Right: 2</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2689" w:rsidRPr="00AA0525">
-[...6 lines deleted...]
-      <w:r w:rsidR="00C27248" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cm; Header: </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1A17" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27248" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FA2689" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2689" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">cm, Footer: </w:t>
       </w:r>
-      <w:r w:rsidR="000F7016">
+      <w:r w:rsidR="000F7016" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00C27248" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C27248" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000F7016">
+      <w:r w:rsidR="000F7016" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2689" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FA2689" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cm</w:t>
       </w:r>
-      <w:r w:rsidR="002D2040" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002D2040" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00FF5A3C">
+      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>First line indent</w:t>
       </w:r>
-      <w:r w:rsidR="00173675">
+      <w:r w:rsidR="00173675" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00FF5A3C">
+      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0.5 cm </w:t>
       </w:r>
-      <w:r w:rsidR="00173675">
+      <w:r w:rsidR="00173675" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00FF5A3C">
+      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">at the beginning of each </w:t>
       </w:r>
-      <w:r w:rsidR="00F1477E">
+      <w:r w:rsidR="00F1477E" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">paragraph </w:t>
       </w:r>
-      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00FF5A3C">
+      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>except for main headings and figures</w:t>
       </w:r>
-      <w:r w:rsidR="00173675">
+      <w:r w:rsidR="00173675" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00FF5A3C">
+      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="002B49A4">
+      <w:r w:rsidR="002B49A4" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00FF5A3C">
+      <w:r w:rsidR="00FF5A3C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Line spacing: Single.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592009DB" w14:textId="2E302579" w:rsidR="006E6D87" w:rsidRPr="00C8024C" w:rsidRDefault="00445FA7" w:rsidP="0087187F">
+    <w:p w14:paraId="592009DB" w14:textId="1267D643" w:rsidR="006E6D87" w:rsidRPr="00DD2705" w:rsidRDefault="00445FA7" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Text is written in Time New Roman font, size </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1A17" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>10 p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>oin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00532F50">
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>t, normal, and justified. Space</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7753" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before paragraphs is 0 pt,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="OLE_LINK2"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>paragraphs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00532F50" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">pt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F8AF8F" w14:textId="53CB2E3C" w:rsidR="00445FA7" w:rsidRPr="00C8024C" w:rsidRDefault="00445FA7" w:rsidP="0087187F">
+    <w:p w14:paraId="58F8AF8F" w14:textId="53CB2E3C" w:rsidR="00445FA7" w:rsidRPr="00DD2705" w:rsidRDefault="00445FA7" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The sections and sub-sections must not exceed 3 heading levels, their number and format are shown in Table 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5398FB55" w14:textId="0A60599D" w:rsidR="00666A20" w:rsidRPr="00C8024C" w:rsidRDefault="006E6D87" w:rsidP="0087187F">
+    <w:p w14:paraId="5398FB55" w14:textId="0A60599D" w:rsidR="00666A20" w:rsidRPr="00DD2705" w:rsidRDefault="006E6D87" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>All tables, figures</w:t>
       </w:r>
-      <w:r w:rsidR="009C7E69" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="009C7E69" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> and equations should be numbered </w:t>
       </w:r>
-      <w:r w:rsidR="009E41B1" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="009E41B1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidR="00B87D77" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00B87D77" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sequence</w:t>
       </w:r>
-      <w:r w:rsidR="009E41B1" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="009E41B1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> from 1</w:t>
       </w:r>
-      <w:r w:rsidR="00955BB8" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00955BB8" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="009E41B1" w:rsidRPr="00B9390B">
+      <w:r w:rsidR="009E41B1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="009E41B1" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="009E41B1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>and referred to in the main text</w:t>
       </w:r>
-      <w:r w:rsidR="00776E2F" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00776E2F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00F117C6" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00F117C6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00776E2F" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00776E2F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pecial </w:t>
       </w:r>
-      <w:r w:rsidR="00352E96" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00352E96" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">technical </w:t>
       </w:r>
-      <w:r w:rsidR="00776E2F" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00776E2F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">terms </w:t>
       </w:r>
-      <w:r w:rsidR="00040DE7" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00040DE7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>such as</w:t>
       </w:r>
-      <w:r w:rsidR="00C07343" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00C07343" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A2929" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="005A2929" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">algorithm, </w:t>
       </w:r>
-      <w:r w:rsidR="006A6266" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="006A6266" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">lemma, </w:t>
       </w:r>
-      <w:r w:rsidR="000C617C" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="000C617C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="004B544D" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="004B544D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">laim, </w:t>
       </w:r>
-      <w:r w:rsidR="006A6266" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="006A6266" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>remar</w:t>
       </w:r>
-      <w:r w:rsidR="00997EF0" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00997EF0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">k, </w:t>
       </w:r>
-      <w:r w:rsidR="000C617C" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="000C617C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00D411EC" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00D411EC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">heorem, </w:t>
       </w:r>
-      <w:r w:rsidR="00B57DC5" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00B57DC5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="000C617C" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="000C617C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">corollary… should be </w:t>
       </w:r>
-      <w:r w:rsidR="00E73F9C" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00E73F9C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">numbered in </w:t>
       </w:r>
-      <w:r w:rsidR="00B87D77" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00B87D77" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sequence</w:t>
       </w:r>
-      <w:r w:rsidR="00E73F9C" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00E73F9C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> from 1</w:t>
       </w:r>
-      <w:r w:rsidR="00DD2737" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00DD2737" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="00E73F9C" w:rsidRPr="00B9390B">
+      <w:r w:rsidR="00E73F9C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00E73F9C" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00E73F9C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00040DE7" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00040DE7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>like to do</w:t>
       </w:r>
-      <w:r w:rsidR="00912F3B" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00912F3B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E73F9C" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00E73F9C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="00D864FF" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00D864FF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000A53CB" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="000A53CB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00912F3B" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00912F3B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">tables, figures, </w:t>
       </w:r>
-      <w:r w:rsidR="00E73F9C" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00E73F9C" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00912F3B" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00912F3B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> equations</w:t>
       </w:r>
-      <w:r w:rsidR="007F507F" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="007F507F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F61BD1" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00F61BD1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00666A20" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00666A20" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Poor</w:t>
       </w:r>
-      <w:r w:rsidR="00221B1D" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00221B1D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
-      <w:r w:rsidR="00666A20" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00666A20" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005E082B" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="005E082B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>org</w:t>
       </w:r>
-      <w:r w:rsidR="00221B1D" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00221B1D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidR="005E082B" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="005E082B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ized</w:t>
       </w:r>
-      <w:r w:rsidR="00666A20" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00666A20" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B6130" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="005B6130" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">of these </w:t>
       </w:r>
-      <w:r w:rsidR="00666A20" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00666A20" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>items may lead to rejection or rework.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07533118" w14:textId="2E85F534" w:rsidR="00666A20" w:rsidRDefault="00666A20" w:rsidP="0087187F">
+    <w:p w14:paraId="07533118" w14:textId="2E85F534" w:rsidR="00666A20" w:rsidRPr="00DD2705" w:rsidRDefault="00666A20" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Use numbered or bulleted lists only when necessary. Use numbered lists only when the sequence or count of items </w:t>
       </w:r>
-      <w:r w:rsidR="00885661" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00885661" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> important.</w:t>
       </w:r>
-      <w:r w:rsidR="00EA5F43" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00EA5F43" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Use parallel sentence construction for list items. Write list items to have approximately similar line lengths.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE39581" w14:textId="77777777" w:rsidR="00ED77EC" w:rsidRPr="00AA0525" w:rsidRDefault="00ED77EC" w:rsidP="00ED77EC">
+    <w:p w14:paraId="6BE39581" w14:textId="77777777" w:rsidR="00ED77EC" w:rsidRPr="00DD2705" w:rsidRDefault="00ED77EC" w:rsidP="00ED77EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2. Guidelines for Manuscript Preparation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14EB70C0" w14:textId="77777777" w:rsidR="00ED77EC" w:rsidRPr="00AA0525" w:rsidRDefault="00ED77EC" w:rsidP="00ED77EC">
+    <w:p w14:paraId="14EB70C0" w14:textId="77777777" w:rsidR="00ED77EC" w:rsidRPr="00DD2705" w:rsidRDefault="00ED77EC" w:rsidP="00ED77EC">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2.1. Abbreviations and Acronyms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA32ED2" w14:textId="77CEB9A7" w:rsidR="00ED77EC" w:rsidRDefault="00ED77EC" w:rsidP="0087187F">
+    <w:p w14:paraId="056E5729" w14:textId="094A9216" w:rsidR="00872306" w:rsidRPr="00DD2705" w:rsidRDefault="00ED77EC" w:rsidP="00DB5DD1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="en-GB"/>
-[...14 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Define abbreviations and acronyms the first time they are used in the text, even after they have already been defined in the abstract. Abbreviations that incorporate periods should not have spaces: write</w:t>
+      </w:r>
+      <w:r w:rsidR="00621664" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00872306" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>“C.N.R.S”, not “C. N. R. S”. Do not use abbreviations in the title unless they are unavoidable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="332C6377" w14:textId="6A01F943" w:rsidR="00ED77EC" w:rsidRPr="00AA0525" w:rsidRDefault="00ED77EC" w:rsidP="005749F6">
+    <w:p w14:paraId="332C6377" w14:textId="6A01F943" w:rsidR="00ED77EC" w:rsidRPr="00DD2705" w:rsidRDefault="00ED77EC" w:rsidP="005749F6">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00ED77EC" w:rsidRPr="00AA0525" w:rsidSect="005749F6">
+        <w:sectPr w:rsidR="00ED77EC" w:rsidRPr="00DD2705" w:rsidSect="005749F6">
           <w:footnotePr>
             <w:numFmt w:val="chicago"/>
           </w:footnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="397"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="527E3935" w14:textId="79127BEE" w:rsidR="00195F5B" w:rsidRPr="00DE2273" w:rsidRDefault="00195F5B" w:rsidP="004F20F6">
+    <w:p w14:paraId="527E3935" w14:textId="79127BEE" w:rsidR="00195F5B" w:rsidRPr="00DD2705" w:rsidRDefault="00195F5B" w:rsidP="004F20F6">
       <w:pPr>
         <w:pStyle w:val="Els-caption"/>
         <w:keepNext/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE2273">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table 1. Font and paragraph format – an example of </w:t>
       </w:r>
-      <w:r w:rsidR="00192E98">
+      <w:r w:rsidR="00192E98" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE2273">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>format for</w:t>
       </w:r>
-      <w:r w:rsidR="003724D3" w:rsidRPr="00DE2273">
+      <w:r w:rsidR="003724D3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C73AC9">
+      <w:r w:rsidR="00C73AC9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE2273">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>large table or figure.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1177"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2084"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E32967" w:rsidRPr="00DE2273" w14:paraId="0C052860" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="00E32967" w:rsidRPr="00DD2705" w14:paraId="0C052860" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="423"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="560315AB" w14:textId="64022C98" w:rsidR="00E32967" w:rsidRPr="00B9390B" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
+          <w:p w14:paraId="560315AB" w14:textId="64022C98" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9390B">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>Item</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F6335EF" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00B9390B" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
+          <w:p w14:paraId="4F6335EF" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9390B">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Font</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C18F27C" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00B9390B" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
+          <w:p w14:paraId="2C18F27C" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9390B">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Font size</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="541B3EA9" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00B9390B" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
+          <w:p w14:paraId="541B3EA9" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9390B">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Font style</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="343FBB67" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00B9390B" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
+          <w:p w14:paraId="343FBB67" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9390B">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Alignment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E32967" w:rsidRPr="00DE2273" w14:paraId="7B2605F1" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="00E32967" w:rsidRPr="00DD2705" w14:paraId="7B2605F1" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CEAA911" w14:textId="7A5E99F6" w:rsidR="00E32967" w:rsidRPr="00DE2273" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
+          <w:p w14:paraId="3CEAA911" w14:textId="7A5E99F6" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Paper </w:t>
             </w:r>
-            <w:r w:rsidR="008F3A96" w:rsidRPr="00DE2273">
+            <w:r w:rsidR="008F3A96" w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>itle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1164C1E0" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00F62047" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
+          <w:p w14:paraId="1164C1E0" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="616E79E7" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DE2273" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
+          <w:p w14:paraId="616E79E7" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6647705A" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DE2273" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
+          <w:p w14:paraId="6647705A" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Bold</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DAE19F0" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DE2273" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
+          <w:p w14:paraId="5DAE19F0" w14:textId="77777777" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Centered</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B302D" w:rsidRPr="00DE2273" w14:paraId="13C7EE87" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="000B302D" w:rsidRPr="00DD2705" w14:paraId="13C7EE87" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="373ECD98" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="373ECD98" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Author</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F61FF9B" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00F62047" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="7F61FF9B" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D97D0C5" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="6D97D0C5" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>12pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74311252" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="74311252" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Bold</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Italic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1998BE44" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="1998BE44" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Centered</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B302D" w:rsidRPr="00DE2273" w14:paraId="40841FE6" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="000B302D" w:rsidRPr="00DD2705" w14:paraId="40841FE6" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="781670E1" w14:textId="76AC41AD" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="781670E1" w14:textId="76AC41AD" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Affiliation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF55EA7" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00F62047" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="0FF55EA7" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="533CEA55" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="533CEA55" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62F6AB86" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="62F6AB86" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Italic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1F1C0E" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="2C1F1C0E" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Centered</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72E48" w:rsidRPr="00DE2273" w14:paraId="7F095F65" w14:textId="77777777" w:rsidTr="00D86EED">
+      <w:tr w:rsidR="00C72E48" w:rsidRPr="00DD2705" w14:paraId="7F095F65" w14:textId="77777777" w:rsidTr="00D86EED">
         <w:trPr>
           <w:trHeight w:val="295"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27C89A17" w14:textId="2B862D0B" w:rsidR="00C72E48" w:rsidRPr="00DE2273" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="27C89A17" w14:textId="2B862D0B" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Abstract</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55CC2E89" w14:textId="315016D1" w:rsidR="00C72E48" w:rsidRPr="00F62047" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="55CC2E89" w14:textId="315016D1" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0056105F">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="152210DE" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DE2273" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="152210DE" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56EDD8FB" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DE2273" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="56EDD8FB" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Italic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DAA0832" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DE2273" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="7DAA0832" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Justified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72E48" w:rsidRPr="00DE2273" w14:paraId="2EA3F63E" w14:textId="77777777" w:rsidTr="00D86EED">
+      <w:tr w:rsidR="00C72E48" w:rsidRPr="00DD2705" w14:paraId="2EA3F63E" w14:textId="77777777" w:rsidTr="00D86EED">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="259DA200" w14:textId="2ADD89AE" w:rsidR="00C72E48" w:rsidRPr="00DE2273" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="259DA200" w14:textId="2ADD89AE" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Keywords </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5C9AAA" w14:textId="4686E61D" w:rsidR="00C72E48" w:rsidRPr="00F62047" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="2B5C9AAA" w14:textId="4686E61D" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0056105F">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AA63C3C" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DE2273" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="1AA63C3C" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7661806B" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DE2273" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="7661806B" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Normal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="158872AC" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DE2273" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
+          <w:p w14:paraId="158872AC" w14:textId="77777777" w:rsidR="00C72E48" w:rsidRPr="00DD2705" w:rsidRDefault="00C72E48" w:rsidP="00C72E48">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Justified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B302D" w:rsidRPr="00DE2273" w14:paraId="29A1511C" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="000B302D" w:rsidRPr="00DD2705" w14:paraId="29A1511C" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="632A867B" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="632A867B" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Heading 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71761457" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00F62047" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="71761457" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59F750E1" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="59F750E1" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FE6AA91" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="7FE6AA91" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Bold</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F2A6CEB" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="4F2A6CEB" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Justified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B302D" w:rsidRPr="00DE2273" w14:paraId="7094860D" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="000B302D" w:rsidRPr="00DD2705" w14:paraId="7094860D" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CB15B91" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="2CB15B91" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Heading 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B128C97" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00F62047" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="2B128C97" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01A83834" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="01A83834" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D80D0F9" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="2D80D0F9" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Bold</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Italic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41DDAF22" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="41DDAF22" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Justified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B302D" w:rsidRPr="00DE2273" w14:paraId="40A29D43" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="000B302D" w:rsidRPr="00DD2705" w14:paraId="40A29D43" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CE78907" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="0CE78907" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Heading 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29807F07" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00F62047" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="29807F07" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4195ECD6" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="4195ECD6" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FAB978C" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="2FAB978C" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Italic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64E1AC79" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="64E1AC79" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Justified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B302D" w:rsidRPr="00DE2273" w14:paraId="2E89C866" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="000B302D" w:rsidRPr="00DD2705" w14:paraId="2E89C866" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3977DE1E" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="3977DE1E" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Text </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46910961" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00F62047" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="46910961" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="452197F8" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="452197F8" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34CFD4BE" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="34CFD4BE" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Normal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24215A16" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="24215A16" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Justified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B302D" w:rsidRPr="00DE2273" w14:paraId="0CE8DC6F" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="000B302D" w:rsidRPr="00DD2705" w14:paraId="0CE8DC6F" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76D9B2B0" w14:textId="12538FA2" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="76D9B2B0" w14:textId="12538FA2" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Figure</w:t>
             </w:r>
-            <w:r w:rsidR="008F3A96" w:rsidRPr="00DE2273">
+            <w:r w:rsidR="008F3A96" w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve"> caption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18A90EA3" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00F62047" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="18A90EA3" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28A35111" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="28A35111" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C69C874" w14:textId="6943A286" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
+          <w:p w14:paraId="1C69C874" w14:textId="6943A286" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
-            <w:r w:rsidR="000B302D" w:rsidRPr="00DE2273">
+            <w:r w:rsidR="000B302D" w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ormal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="213BC45D" w14:textId="7A7F37CE" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
+          <w:p w14:paraId="213BC45D" w14:textId="7A7F37CE" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Justified</w:t>
             </w:r>
-            <w:r w:rsidR="000B302D" w:rsidRPr="00DE2273">
+            <w:r w:rsidR="000B302D" w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, below figure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B302D" w:rsidRPr="00DE2273" w14:paraId="0752A0B1" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="000B302D" w:rsidRPr="00DD2705" w14:paraId="0752A0B1" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C5D4E16" w14:textId="1EEF03EC" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="5C5D4E16" w14:textId="1EEF03EC" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Table </w:t>
             </w:r>
-            <w:r w:rsidR="008F3A96" w:rsidRPr="00DE2273">
+            <w:r w:rsidR="008F3A96" w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>caption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="028991F0" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00F62047" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="028991F0" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72B065E6" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="72B065E6" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74420DDB" w14:textId="7179C8CD" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="74420DDB" w14:textId="7179C8CD" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ormal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="251A91A8" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="251A91A8" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Justified, above table</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B302D" w:rsidRPr="00DE2273" w14:paraId="3CEC0CE3" w14:textId="77777777" w:rsidTr="00925B38">
+      <w:tr w:rsidR="000B302D" w:rsidRPr="00DD2705" w14:paraId="3CEC0CE3" w14:textId="77777777" w:rsidTr="00925B38">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E543D46" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="7E543D46" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Reference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00BF8FA2" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00F62047" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="00BF8FA2" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F62047">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Times New Roman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FF5EE3A" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="4FF5EE3A" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28C0FFA3" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="28C0FFA3" w14:textId="77777777" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Normal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F1BE9FB" w14:textId="0BE1D674" w:rsidR="000B302D" w:rsidRPr="00DE2273" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
+          <w:p w14:paraId="0F1BE9FB" w14:textId="0BE1D674" w:rsidR="000B302D" w:rsidRPr="00DD2705" w:rsidRDefault="000B302D" w:rsidP="008F3A96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2273">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Justified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50BB8DC2" w14:textId="0D3645E3" w:rsidR="00E32967" w:rsidRPr="00AA0525" w:rsidRDefault="00E32967" w:rsidP="004C2923">
+    <w:p w14:paraId="50BB8DC2" w14:textId="0D3645E3" w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidRDefault="00E32967" w:rsidP="00621664">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:before="120"/>
-        <w:ind w:firstLine="426"/>
-[...3 lines deleted...]
-        <w:sectPr w:rsidR="00E32967" w:rsidRPr="00AA0525" w:rsidSect="005749F6">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E32967" w:rsidRPr="00DD2705" w:rsidSect="005749F6">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="397"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B5512A6" w14:textId="606C1F52" w:rsidR="00980D29" w:rsidRPr="00AA0525" w:rsidRDefault="00980D29" w:rsidP="003724D3">
+    <w:p w14:paraId="4B5512A6" w14:textId="6764E0E1" w:rsidR="00980D29" w:rsidRPr="00DD2705" w:rsidRDefault="00980D29" w:rsidP="003724D3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2.2. Other Recommendations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B9456C" w14:textId="005939F3" w:rsidR="00980D29" w:rsidRPr="00AA0525" w:rsidRDefault="00980D29" w:rsidP="0087187F">
+    <w:p w14:paraId="19B9456C" w14:textId="005939F3" w:rsidR="00980D29" w:rsidRPr="00DD2705" w:rsidRDefault="00980D29" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Use one space after periods and colons. Hyphenate complex modifiers: “zero-field-cooled magnetization”</w:t>
       </w:r>
-      <w:r w:rsidR="00866DF3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00866DF3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Avoid dangling participles, such as, “Using (1), the potential was calculated”</w:t>
       </w:r>
-      <w:r w:rsidR="00B3148D" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00B3148D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> [It is not clear who or what used (1)]</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F66" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="005A2F66" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Write instead, “The potential was calculated by using (1),” or “Using (1), we calculated the potential”</w:t>
       </w:r>
-      <w:r w:rsidR="00C2696A" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C2696A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A8EEE9" w14:textId="5CF4A7F8" w:rsidR="00980D29" w:rsidRPr="00AA0525" w:rsidRDefault="00980D29" w:rsidP="0087187F">
+    <w:p w14:paraId="73A8EEE9" w14:textId="5CF4A7F8" w:rsidR="00980D29" w:rsidRPr="00DD2705" w:rsidRDefault="00980D29" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Use a zero before decimal points: “0.25”</w:t>
       </w:r>
-      <w:r w:rsidR="00C2696A" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C2696A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> not “.25”</w:t>
       </w:r>
-      <w:r w:rsidR="00C2696A" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C2696A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Use “cm</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00C2696A" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C2696A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> not “cc”</w:t>
       </w:r>
-      <w:r w:rsidR="00C2696A" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C2696A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Indicate sample dimensions as </w:t>
       </w:r>
-      <w:r w:rsidR="004E56BD">
+      <w:r w:rsidR="004E56BD" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">“0.1 cm </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B4"/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0.2 cm”</w:t>
       </w:r>
-      <w:r w:rsidR="00C2696A" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C2696A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> not “0.1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B4"/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0.2 cm</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00C2696A" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C2696A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The abbreviation for “seconds” is “s”</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2934" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00BB2934" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> not “sec</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2934" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00BB2934" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>” Use “Wb/m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>” or “webers per square meter”</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2934" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00BB2934" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> not “webers/m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2934" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00BB2934" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> When expressing a range of values, write “7 to 9” or “7-9”</w:t>
       </w:r>
-      <w:r w:rsidR="002300D0" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002300D0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> not “7~9”</w:t>
       </w:r>
-      <w:r w:rsidR="002300D0" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002300D0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E26711" w14:textId="47789009" w:rsidR="00980D29" w:rsidRPr="00AA0525" w:rsidRDefault="00980D29" w:rsidP="0087187F">
+    <w:p w14:paraId="32E26711" w14:textId="47789009" w:rsidR="00980D29" w:rsidRPr="00DD2705" w:rsidRDefault="00980D29" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A parenthetical statement at the end of a sentence is punctuated outside of the closing parenthesis (like this).</w:t>
       </w:r>
-      <w:r w:rsidR="001F241D" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="001F241D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D97329" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00D97329" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">eriods and commas are </w:t>
       </w:r>
-      <w:r w:rsidR="00767C73" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00767C73" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>outside</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> quotation marks, like “this period”</w:t>
       </w:r>
-      <w:r w:rsidR="00767C73" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00767C73" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Avoid contractions; for example, write “do not” instead of “don’t”</w:t>
       </w:r>
-      <w:r w:rsidR="00686328" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00686328" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The serial comma is preferred: “A, B, and C” instead of “A, B and C”</w:t>
       </w:r>
-      <w:r w:rsidR="00686328" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00686328" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5793E804" w14:textId="7D3DDAA7" w:rsidR="000C3273" w:rsidRPr="00AA0525" w:rsidRDefault="002858BB" w:rsidP="0087187F">
+    <w:p w14:paraId="5793E804" w14:textId="0821A42C" w:rsidR="000C3273" w:rsidRPr="00DD2705" w:rsidRDefault="002858BB" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Sentences</w:t>
       </w:r>
-      <w:r w:rsidR="00980D29" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00980D29" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> writ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00980D29" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00980D29" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00980D29" w:rsidRPr="00AA0525">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00980D29" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the firstperson singular or plural and use the active voice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> are accepted</w:t>
       </w:r>
-      <w:r w:rsidR="00AA0525" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> such as </w:t>
       </w:r>
-      <w:r w:rsidR="007A6BA8">
+      <w:r w:rsidR="007A6BA8" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00980D29" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00980D29" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“I observed that ...” or “We observed that ...” instead of “It was observed that ...”</w:t>
       </w:r>
-      <w:r w:rsidR="00DC3AAC">
+      <w:r w:rsidR="00DC3AAC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> to show the </w:t>
       </w:r>
-      <w:r w:rsidR="007D6D64">
+      <w:r w:rsidR="007D6D64" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>subject of the research</w:t>
       </w:r>
-      <w:r w:rsidR="00980D29" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00980D29" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00AA0525" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00980D29" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00980D29" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>pelling</w:t>
       </w:r>
-      <w:r w:rsidR="00AA0525" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> check and proofread is a must, preferably by a native English</w:t>
       </w:r>
-      <w:r w:rsidR="00980D29" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00980D29" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E94D7E2" w14:textId="1ECB97B6" w:rsidR="00886434" w:rsidRPr="00AA0525" w:rsidRDefault="00886434" w:rsidP="003724D3">
+    <w:p w14:paraId="0E94D7E2" w14:textId="1ECB97B6" w:rsidR="00886434" w:rsidRPr="00DD2705" w:rsidRDefault="00886434" w:rsidP="003724D3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
-      <w:r w:rsidR="00A364DC" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A364DC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Math</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B8F6FF" w14:textId="376CB4FF" w:rsidR="00A364DC" w:rsidRDefault="00A364DC" w:rsidP="0087187F">
+    <w:p w14:paraId="63A4503E" w14:textId="3EF21992" w:rsidR="00ED1ED9" w:rsidRPr="00DD2705" w:rsidRDefault="00A364DC" w:rsidP="005B6B04">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are using </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Word,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> use either the Microsoft </w:t>
       </w:r>
-      <w:r w:rsidR="00A05A74">
+      <w:r w:rsidR="00A05A74" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Equation Editor</w:t>
       </w:r>
-      <w:r w:rsidR="003166B2">
+      <w:r w:rsidR="003166B2" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="003166B2">
+      <w:r w:rsidR="003166B2" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="003166B2">
+      <w:r w:rsidR="003166B2" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>MathType</w:t>
       </w:r>
-      <w:r w:rsidR="003166B2">
+      <w:r w:rsidR="003166B2" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>add-on</w:t>
       </w:r>
-      <w:r w:rsidR="003166B2">
+      <w:r w:rsidR="003166B2" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(http://www.mathtype.com) for equations in your paper</w:t>
       </w:r>
-      <w:r w:rsidR="004874C8">
+      <w:r w:rsidR="004874C8" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004874C8">
+      <w:r w:rsidR="004874C8" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Equations should be placed in</w:t>
       </w:r>
-      <w:r w:rsidR="00941AA4">
+      <w:r w:rsidR="00941AA4" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004874C8">
+      <w:r w:rsidR="004874C8" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">line with </w:t>
       </w:r>
-      <w:r w:rsidR="00C73AC9">
+      <w:r w:rsidR="00C73AC9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="004874C8">
+      <w:r w:rsidR="004874C8" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">text. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E88AA7" w14:textId="78DD1CEA" w:rsidR="00A364DC" w:rsidRPr="00AA0525" w:rsidRDefault="00A364DC" w:rsidP="003724D3">
+    <w:p w14:paraId="02E88AA7" w14:textId="78DD1CEA" w:rsidR="00A364DC" w:rsidRPr="00DD2705" w:rsidRDefault="00A364DC" w:rsidP="003724D3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2249" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AD2249" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Equations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57296DDF" w14:textId="77777777" w:rsidR="00343210" w:rsidRDefault="00A364DC" w:rsidP="0087187F">
+    <w:p w14:paraId="57296DDF" w14:textId="77777777" w:rsidR="00343210" w:rsidRPr="00DD2705" w:rsidRDefault="00A364DC" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Number equations consecutively with equation numbers in parentheses</w:t>
       </w:r>
-      <w:r w:rsidR="00450DA1" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00450DA1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00412D29" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00412D29" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00450DA1" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00450DA1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00D917BB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00D917BB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>lign</w:t>
       </w:r>
-      <w:r w:rsidR="00A4105D" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A4105D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
-      <w:r w:rsidR="00412D29" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00412D29" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
-      <w:r w:rsidR="00450DA1" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00450DA1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
-      <w:r w:rsidR="005A15B0" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="005A15B0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> equation number</w:t>
       </w:r>
-      <w:r w:rsidR="00450DA1" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00450DA1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00E62FF2" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00E62FF2" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0035277B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="0035277B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A70839" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A70839" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="00B1355B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00B1355B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>right</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, as in (1). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D14B36F" w14:textId="7E3BBDCD" w:rsidR="00343210" w:rsidRDefault="00A364DC" w:rsidP="0087187F">
+    <w:p w14:paraId="4D14B36F" w14:textId="7E3BBDCD" w:rsidR="00343210" w:rsidRPr="00DD2705" w:rsidRDefault="00A364DC" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>First</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> use the equation editor to create the equation. Then</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> select the “Equation” markup style. Press the tab key and write the equation number in parentheses. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1BDF71" w14:textId="6B6CEEDE" w:rsidR="00A364DC" w:rsidRPr="00AA0525" w:rsidRDefault="00A364DC" w:rsidP="0087187F">
+    <w:p w14:paraId="2E1BDF71" w14:textId="6B6CEEDE" w:rsidR="00A364DC" w:rsidRPr="00DD2705" w:rsidRDefault="00A364DC" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">To make your equations more compact, you may use the solidus (/), the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>exp</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> function, or appropriate exponents. Use parentheses to avoid ambiguities in denominators. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F1011F" w14:textId="70DFAA1D" w:rsidR="00A364DC" w:rsidRPr="00AA0525" w:rsidRDefault="004874C8" w:rsidP="00925B38">
+    <w:p w14:paraId="07F1011F" w14:textId="70DFAA1D" w:rsidR="00A364DC" w:rsidRPr="00DD2705" w:rsidRDefault="004874C8" w:rsidP="00925B38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="4451"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <m:t>ρ=</m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -7041,9115 +7116,9350 @@
                 <m:d>
                   <m:dPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:dPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <m:t>1-P</m:t>
                     </m:r>
                   </m:e>
                 </m:d>
               </m:e>
             </m:d>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidR="00A5421A" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A5421A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00B67E85" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00B67E85" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A364DC" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A364DC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F2A9F50" w14:textId="66F09527" w:rsidR="00886434" w:rsidRDefault="00A364DC" w:rsidP="0087187F">
+    <w:p w14:paraId="7F2A9F50" w14:textId="66F09527" w:rsidR="00886434" w:rsidRPr="00DD2705" w:rsidRDefault="00A364DC" w:rsidP="0087187F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Be sure that the symbols in your equation have been defined before the equation appears or immediately following. Italicize </w:t>
       </w:r>
-      <w:r w:rsidR="00343210">
+      <w:r w:rsidR="00343210" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>symbols. Refer to “(1)”</w:t>
       </w:r>
-      <w:r w:rsidR="00A76CD3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A76CD3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> not </w:t>
       </w:r>
-      <w:r w:rsidR="00EB018F">
+      <w:r w:rsidR="00EB018F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“Eq. (1)” or “equation (1)”</w:t>
       </w:r>
-      <w:r w:rsidR="00A76CD3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00A76CD3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> except at the beginning of a sentence: “Equation (1) is ....”</w:t>
       </w:r>
-      <w:r w:rsidR="00343210">
+      <w:r w:rsidR="00343210" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E742B3A" w14:textId="55AB34D1" w:rsidR="0010725F" w:rsidRPr="00AA0525" w:rsidRDefault="0010725F" w:rsidP="003724D3">
+    <w:p w14:paraId="1E742B3A" w14:textId="55AB34D1" w:rsidR="0010725F" w:rsidRPr="00DD2705" w:rsidRDefault="0010725F" w:rsidP="003724D3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3.2</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2249" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AD2249" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Units</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E7940DD" w14:textId="32FCC9CA" w:rsidR="00343210" w:rsidRDefault="0010725F" w:rsidP="004E56BD">
+    <w:p w14:paraId="2E7940DD" w14:textId="32FCC9CA" w:rsidR="00343210" w:rsidRPr="00DD2705" w:rsidRDefault="0010725F" w:rsidP="004E56BD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Use either SI (MKS) or CGS as primary units. </w:t>
       </w:r>
-      <w:r w:rsidR="00281260">
+      <w:r w:rsidR="00281260" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(SI units are strongly encouraged.) English units may be used as secondary units (in parentheses). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This applies </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to papers in data storage</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> For example, write</w:t>
       </w:r>
-      <w:r w:rsidR="003B3239">
+      <w:r w:rsidR="003B3239" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E56BD">
+      <w:r w:rsidR="004E56BD" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“15</w:t>
       </w:r>
-      <w:r w:rsidR="00B50A04" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00B50A04" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Gb/cm</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (100 Gb/in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">).” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D562FA" w14:textId="2E347BAC" w:rsidR="0010725F" w:rsidRPr="00AA0525" w:rsidRDefault="0010725F" w:rsidP="004E56BD">
+    <w:p w14:paraId="2DCEA4C8" w14:textId="0E23C27A" w:rsidR="00ED1ED9" w:rsidRPr="00DD2705" w:rsidRDefault="0010725F" w:rsidP="00F02340">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>An exception is when English</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> units are used as identifiers in trade, such as “3½-in disk drive”</w:t>
       </w:r>
-      <w:r w:rsidR="00667E92" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00667E92" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB08B5">
+      <w:r w:rsidR="00BB08B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Authors should </w:t>
       </w:r>
-      <w:r w:rsidR="00BB08B5" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00BB08B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>clearly state the units for each quantity in an equation.</w:t>
       </w:r>
-      <w:r w:rsidR="00BB08B5">
+      <w:r w:rsidR="00BB08B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Avoid combining SI and CGS units. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494E684E" w14:textId="4405298D" w:rsidR="0010725F" w:rsidRPr="00AA0525" w:rsidRDefault="0010725F" w:rsidP="003724D3">
+    <w:p w14:paraId="494E684E" w14:textId="4405298D" w:rsidR="0010725F" w:rsidRPr="00DD2705" w:rsidRDefault="0010725F" w:rsidP="003724D3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4. Some Common Mistakes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600442AA" w14:textId="36D01D48" w:rsidR="0010725F" w:rsidRPr="00AA0525" w:rsidRDefault="0010725F" w:rsidP="004E56BD">
+    <w:p w14:paraId="600442AA" w14:textId="36D01D48" w:rsidR="0010725F" w:rsidRPr="00DD2705" w:rsidRDefault="0010725F" w:rsidP="004E56BD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The word “data” is plural, not singular. The subscript for the permeability of vacuum </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>µ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is zero, not a lowercase letter “o”</w:t>
       </w:r>
-      <w:r w:rsidR="00667E92" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00667E92" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The term for residual magnetization </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+        <w:t xml:space="preserve"> The term for residual magnetization is “remanence”; the adjective is “remanent”; do not write “remnance</w:t>
+      </w:r>
+      <w:r w:rsidR="003A03E7" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>” or “remnant”</w:t>
+      </w:r>
+      <w:r w:rsidR="00667E92" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Use the word “</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>micrometre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>” instead of “micron”</w:t>
+      </w:r>
+      <w:r w:rsidR="00667E92" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A graph within a graph is an “inset”</w:t>
+      </w:r>
+      <w:r w:rsidR="00667E92" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not an “insert”</w:t>
+      </w:r>
+      <w:r w:rsidR="00667E92" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The word “alternatively” is preferred to the word “alternately” (unless you really mean something that alternates). Use </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>is “remanence”; the adjective is “remanent”; do not write “remnance</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A03E7" w:rsidRPr="00AA0525">
+        <w:t>the word “whereas” instead of “while” (unless you are referring to simultaneous events). Do not use the word “essentially” to mean “approximately” or “effectively”</w:t>
+      </w:r>
+      <w:r w:rsidR="00B345EC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>15</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>” or “remnant”</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00667E92" w:rsidRPr="00AA0525">
+        <w:t xml:space="preserve"> Do not use the word “issue” as a euphemism for “problem”</w:t>
+      </w:r>
+      <w:r w:rsidR="00B345EC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Use the word “</w:t>
-[...94 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> When compositions are not specified, separate chemical symbols by en-dashes; for example, “NiMn” indicates the intermetallic compound Ni</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>0.5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Mn</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>0.5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> whereas</w:t>
       </w:r>
-      <w:r w:rsidR="00742DDF">
+      <w:r w:rsidR="00742DDF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“Ni–Mn” indicates an alloy of some composition Ni</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Mn</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1-x</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7E54CB" w14:textId="70182264" w:rsidR="0010725F" w:rsidRPr="00AA0525" w:rsidRDefault="0010725F" w:rsidP="004E56BD">
+    <w:p w14:paraId="1E7E54CB" w14:textId="70182264" w:rsidR="0010725F" w:rsidRPr="00DD2705" w:rsidRDefault="0010725F" w:rsidP="004E56BD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Be aware of the different meanings of the homophones “affect” (usually a verb) and “effect” (usually a noun), “complement” and “compliment”</w:t>
       </w:r>
-      <w:r w:rsidR="00B345EC" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00B345EC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> “discreet” and “discrete,” “principal” (e.g., “principal investigator”) and “principle” (e.g., “principle of measurement”). Do not confuse “imply” and “infer”</w:t>
       </w:r>
-      <w:r w:rsidR="00101FBB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00101FBB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EF8661" w14:textId="1A2B627C" w:rsidR="003D5B96" w:rsidRPr="00AA0525" w:rsidRDefault="0010725F" w:rsidP="004E56BD">
+    <w:p w14:paraId="03EF8661" w14:textId="1A2B627C" w:rsidR="003D5B96" w:rsidRPr="00DD2705" w:rsidRDefault="0010725F" w:rsidP="004E56BD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Prefixes such as “non”</w:t>
       </w:r>
-      <w:r w:rsidR="00101FBB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00101FBB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> “sub”</w:t>
       </w:r>
-      <w:r w:rsidR="00101FBB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00101FBB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> “micro”</w:t>
       </w:r>
-      <w:r w:rsidR="00101FBB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00101FBB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> “multi”</w:t>
       </w:r>
-      <w:r w:rsidR="00101FBB" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00101FBB" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and “ultra” are not independent words; they should be joined to the words they modify, usually without a hyphen. There is no period after the “et” in the Latin abbreviation “</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>” (it is also italicized). The abbreviation “i.e.,” means “that is”</w:t>
       </w:r>
-      <w:r w:rsidR="005350EA" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="005350EA" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the abbreviation “e.g.,” means “for example” (these abbreviations are not italicized)</w:t>
       </w:r>
-      <w:r w:rsidR="00B24C7A" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00B24C7A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C4D6405" w14:textId="4F1C18C8" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="002C4E60" w:rsidP="003724D3">
+    <w:p w14:paraId="2C4D6405" w14:textId="4F1C18C8" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="002C4E60" w:rsidP="003724D3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:r w:rsidR="00EF6B25" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00EF6B25" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">raphics </w:t>
       </w:r>
-      <w:r w:rsidR="00EF6B25" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00EF6B25" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>reparation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777BC4B5" w14:textId="241620DA" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="002C4E60" w:rsidP="003724D3">
+    <w:p w14:paraId="777BC4B5" w14:textId="241620DA" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="002C4E60" w:rsidP="003724D3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.1</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2249" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AD2249" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Types of Graphics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1425669C" w14:textId="29B69B21" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="002C4E60" w:rsidP="004E56BD">
+    <w:p w14:paraId="1425669C" w14:textId="29B69B21" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="002C4E60" w:rsidP="004E56BD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The following list outlines the different types of graphics published in journals. They are categorized based on their construction, and use of shades of gray:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A45FDD" w14:textId="600C22BE" w:rsidR="008F3A96" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
+    <w:p w14:paraId="03A45FDD" w14:textId="600C22BE" w:rsidR="008F3A96" w:rsidRPr="00DD2705" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1.1. </w:t>
       </w:r>
-      <w:r w:rsidR="00974AE9" w:rsidRPr="008F3A96">
+      <w:r w:rsidR="00974AE9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Grayscale figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9611F7" w14:textId="49DECE7D" w:rsidR="00974AE9" w:rsidRPr="008F3A96" w:rsidRDefault="00974AE9" w:rsidP="004E56BD">
+    <w:p w14:paraId="6F9611F7" w14:textId="49DECE7D" w:rsidR="00974AE9" w:rsidRPr="00DD2705" w:rsidRDefault="00974AE9" w:rsidP="004E56BD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Figures that are </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>meant</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to appear in shades of black/gray. Such figures may include photographs, illustrations, graphs, and flowcharts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6271CB60" w14:textId="69003695" w:rsidR="008F3A96" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
+    <w:p w14:paraId="6271CB60" w14:textId="69003695" w:rsidR="008F3A96" w:rsidRPr="00DD2705" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1.2. </w:t>
       </w:r>
-      <w:r w:rsidR="00974AE9" w:rsidRPr="008F3A96">
+      <w:r w:rsidR="00974AE9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Line </w:t>
       </w:r>
-      <w:r w:rsidR="00D624AC">
+      <w:r w:rsidR="00D624AC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00974AE9" w:rsidRPr="008F3A96">
+      <w:r w:rsidR="00974AE9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rt figures</w:t>
       </w:r>
-      <w:r w:rsidR="0007739F" w:rsidRPr="008F3A96">
+      <w:r w:rsidR="0007739F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A966789" w14:textId="14642F28" w:rsidR="00974AE9" w:rsidRPr="008F3A96" w:rsidRDefault="00974AE9" w:rsidP="004E56BD">
+    <w:p w14:paraId="7A966789" w14:textId="58CD386E" w:rsidR="00974AE9" w:rsidRPr="00DD2705" w:rsidRDefault="00974AE9" w:rsidP="004E56BD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Figures that are </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>composed</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of only black lines and shapes. These figures should have no shades or half-tones of gr</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AA0525" w:rsidRPr="008F3A96">
+        <w:t xml:space="preserve"> of only black lines and shapes. These figures should have no shades or </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5659A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>half-tones of gr</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>y, only black and white.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4F74CA" w14:textId="77777777" w:rsidR="008F3A96" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
+    <w:p w14:paraId="2F4F74CA" w14:textId="77777777" w:rsidR="008F3A96" w:rsidRPr="00DD2705" w:rsidRDefault="008F3A96" w:rsidP="008F3A96">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1.3. </w:t>
       </w:r>
-      <w:r w:rsidR="00974AE9" w:rsidRPr="008F3A96">
+      <w:r w:rsidR="00974AE9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Tables</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D796486" w14:textId="2A21730B" w:rsidR="002C4E60" w:rsidRDefault="00974AE9" w:rsidP="005749F6">
+    <w:p w14:paraId="6D796486" w14:textId="2A21730B" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="00974AE9" w:rsidP="005749F6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Data charts are </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>typically</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F3A96">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> black and white.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3201B484" w14:textId="7FF70663" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="00CA43E2" w:rsidP="00A77E3D">
+    <w:p w14:paraId="3201B484" w14:textId="7FF70663" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="00CA43E2" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.2</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2249" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AD2249" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Multipart </w:t>
       </w:r>
-      <w:r w:rsidR="008366A4" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="008366A4" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>igures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0676FE01" w14:textId="548CED13" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="002C4E60" w:rsidP="004E56BD">
+    <w:p w14:paraId="0676FE01" w14:textId="548CED13" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="002C4E60" w:rsidP="004E56BD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Figures compiled of more than one subfigure presented side-by-side</w:t>
       </w:r>
-      <w:r w:rsidR="00F55D7F" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00F55D7F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or stacked. If a multipart figure is made up of multiple figure types (one part is line</w:t>
       </w:r>
-      <w:r w:rsidR="00AA0525">
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>art, and another is grayscale) the figure should meet the stricter guidelines.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DFB1BDF" w14:textId="42BCF0D6" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="00196F95" w:rsidP="00A77E3D">
+    <w:p w14:paraId="1DFB1BDF" w14:textId="42BCF0D6" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="00196F95" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.3</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2249" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AD2249" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">File Formats </w:t>
       </w:r>
-      <w:r w:rsidR="00F55D7F" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00F55D7F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or Graphics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4568F3A2" w14:textId="4EE4B7B7" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="002C4E60" w:rsidP="004E56BD">
+    <w:p w14:paraId="4568F3A2" w14:textId="4EE4B7B7" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="002C4E60" w:rsidP="004E56BD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Format and save your graphics using a suitable graphics processing program that will allow you to create the images as PostScript (PS), Encapsulated PostScript (.EPS), Tagged Image File Format (.TIFF), Portable Document Format (.PDF), or Portable Network Graphics (.PNG) sizes them, and adjusts the resolution settings. If you created your source files in one of the following programs you will be able to submit the graphics without converting to a PS, EPS, TIFF, PDF, or PNG file: Microsoft Word, Microsoft PowerPoint, or Microsoft Excel. Though it is not required, it is strongly recommended that these files be saved in PDF format rather than DOC, XLS, or PPT. Doing so will protect your figures from common font and arrow stroke issues that occur when working on the files across multiple platforms.</w:t>
+        <w:t xml:space="preserve">Format and save your graphics using a suitable graphics processing program that will allow you to create the images as PostScript (PS), Encapsulated PostScript (.EPS), Tagged Image File Format (.TIFF), Portable Document Format (.PDF), or Portable Network Graphics (.PNG) sizes them, and adjusts the resolution settings. If you created your source files in one of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>following programs you will be able to submit the graphics without converting to a PS, EPS, TIFF, PDF, or PNG file: Microsoft Word, Microsoft PowerPoint, or Microsoft Excel. Though it is not required, it is strongly recommended that these files be saved in PDF format rather than DOC, XLS, or PPT. Doing so will protect your figures from common font and arrow stroke issues that occur when working on the files across multiple platforms.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66575B7A" w14:textId="657018BB" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="005035C2" w:rsidP="00A77E3D">
+    <w:p w14:paraId="66575B7A" w14:textId="657018BB" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="005035C2" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.4</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2249" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AD2249" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Sizing of Graphics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405D380E" w14:textId="552949B4" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="002C4E60" w:rsidP="00281260">
+    <w:p w14:paraId="405D380E" w14:textId="3554F4E7" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="002C4E60" w:rsidP="00281260">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Most charts, graphs, and tables are one column </w:t>
       </w:r>
-      <w:r w:rsidR="005E01CF">
+      <w:r w:rsidR="005E01CF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">wide (3.5 inches/88 </w:t>
       </w:r>
-      <w:r w:rsidR="00AA0525" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>millimetres</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">/21 picas) or page wide (7.16 inches/181 </w:t>
       </w:r>
-      <w:r w:rsidR="00AA0525" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>millimetres</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>/43 picas). The maximum depth a graphic can be is 8.5 inches (216</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB0589" w:rsidRPr="00AA0525">
+        <w:t xml:space="preserve">/43 picas). The maximum depth a graphic can be is 8.5 inches </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5659A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(216</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0589" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA0525" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>millimetres</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/54</w:t>
       </w:r>
-      <w:r w:rsidR="003958E0" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="003958E0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">picas). When choosing the depth of a graphic, please allow space for a caption. Figures can be sized between column and page widths if the author chooses, however it is recommended that figures are not sized less than </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">column width unless necessary. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069F0C0F" w14:textId="1871B9B8" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="009C15EA" w:rsidP="00A77E3D">
+    <w:p w14:paraId="069F0C0F" w14:textId="1871B9B8" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="009C15EA" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.5</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2249" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AD2249" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Resolution </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9E561F" w14:textId="67D3155B" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="002C4E60" w:rsidP="00281260">
+    <w:p w14:paraId="1E9E561F" w14:textId="67D3155B" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="002C4E60" w:rsidP="00281260">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The proper resolution of your figures will depend on the type of figure it is as defined in the “Types of Figures” section. Author photographs, colo</w:t>
       </w:r>
-      <w:r w:rsidR="00AA0525">
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r, and grayscale figures should be at least 300</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>dpi. Line art, including tables should be a minimum of 600</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00FC3B7B" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>dpi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5A9F5B" w14:textId="5DEE7E04" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="009C15EA" w:rsidP="00A77E3D">
+    <w:p w14:paraId="3B5A9F5B" w14:textId="5DEE7E04" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="009C15EA" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.6</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2249" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AD2249" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Vector Art</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCBBD57" w14:textId="6A1C38FB" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="00AA0525" w:rsidP="00281260">
+    <w:p w14:paraId="3BCBBD57" w14:textId="6A1C38FB" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="00AA0525" w:rsidP="00281260">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">o preserve the </w:t>
       </w:r>
-      <w:r w:rsidR="003724D3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="003724D3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>integrity of the figures</w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> across multiple computer platforms, we accept files in the following formats: .EPS/.PDF/.PS. All fonts must be </w:t>
       </w:r>
-      <w:r w:rsidR="00DB1E2D" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00DB1E2D" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>embedded</w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or text converted to outlines to achieve the best</w:t>
       </w:r>
-      <w:r w:rsidR="003724D3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="003724D3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>quality results.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="122B8A93" w14:textId="216545CF" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="009C15EA" w:rsidP="00A77E3D">
+    <w:p w14:paraId="122B8A93" w14:textId="216545CF" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="009C15EA" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidR="009A5B41" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="009A5B41" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2249" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AD2249" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Figures</w:t>
       </w:r>
-      <w:r w:rsidR="00DB71F0" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00DB71F0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00393B97" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00393B97" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00DB71F0" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00DB71F0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>able</w:t>
       </w:r>
-      <w:r w:rsidR="00393B97" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00393B97" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057030D3" w14:textId="2BFD5C21" w:rsidR="00CA4D96" w:rsidRPr="00880AB9" w:rsidRDefault="00CA4D96" w:rsidP="009372DB">
+    <w:p w14:paraId="057030D3" w14:textId="775873A2" w:rsidR="00CA4D96" w:rsidRPr="00DD2705" w:rsidRDefault="00CA4D96" w:rsidP="009372DB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Large tables</w:t>
       </w:r>
-      <w:r w:rsidR="004202F9" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004202F9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004202F9" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004202F9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">large figures </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>may span both columns</w:t>
       </w:r>
-      <w:r w:rsidR="004202F9" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004202F9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the paper. Table 1 is an example of a </w:t>
       </w:r>
-      <w:r w:rsidR="004202F9" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00C5659A" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="004202F9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>single-column format for a large table</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>; otherwise, the sample in Table 2 is commonly used</w:t>
       </w:r>
-      <w:r w:rsidR="004202F9" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004202F9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000C68ED">
+      <w:r w:rsidR="000C68ED" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Caption </w:t>
       </w:r>
-      <w:r w:rsidR="00880AB9">
+      <w:r w:rsidR="00880AB9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">length </w:t>
       </w:r>
-      <w:r w:rsidR="000C68ED">
+      <w:r w:rsidR="000C68ED" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">should not exceed one line. </w:t>
       </w:r>
-      <w:r w:rsidR="00880AB9">
+      <w:r w:rsidR="00880AB9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">All captions are </w:t>
       </w:r>
-      <w:r w:rsidR="00066016">
+      <w:r w:rsidR="00066016" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>justified</w:t>
       </w:r>
-      <w:r w:rsidR="00880AB9">
+      <w:r w:rsidR="00880AB9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Place figure captions below the figures; place table titles above the tables. If your figure has two parts, include the labels “(a)” and “(b)” as part of the artwork. Please verify that the figures and tables you mention actually exist</w:t>
       </w:r>
-      <w:r w:rsidR="007B5A7E">
+      <w:r w:rsidR="007B5A7E" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the text</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="004275AF" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004275AF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o not include captions as part of the figures. Do not put captions in “text boxes” linked to the figures. Do not put borders around the outside of your figures.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Use the abbreviation “Fig.” even at the beginning of a sentence. Do not abbreviate “Table.” Tables are numbered with Roman numerals.</w:t>
       </w:r>
-      <w:r w:rsidR="00880AB9">
+      <w:r w:rsidR="00880AB9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336596FA" w14:textId="36AA6E89" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="00880AB9" w:rsidP="00A77E3D">
+    <w:p w14:paraId="336596FA" w14:textId="7D671BFE" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="00880AB9" w:rsidP="00A77E3D">
       <w:pPr>
         <w:pStyle w:val="Els-caption"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">5.7.1. </w:t>
       </w:r>
-      <w:r w:rsidR="004202F9" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004202F9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
-      <w:r w:rsidR="00D624AC">
+      <w:r w:rsidR="00D624AC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="004202F9" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="004202F9" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">xis labels </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5DCC43" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="009372DB">
+    <w:p w14:paraId="5B5DCC43" w14:textId="345F1563" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="009372DB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+        <w:t>Figure axis labels are often a source of confusion. Use words rather than symbols. As an example, write the quantity “Magnetization”, or “Magnetization M”, not just “M”. Put units in parentheses. Do not label axes only with units. As in Fig.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5659A" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1, for example, write “Magnetization (A/m)” or “Magnetization (A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:object w:dxaOrig="100" w:dyaOrig="120" w14:anchorId="6D6AC071">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:7.45pt;height:7.45pt" o:ole="" fillcolor="window">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:7.5pt;height:7.5pt" o:ole="" fillcolor="window">
             <v:imagedata r:id="rId10" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825682987" r:id="rId11"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1828704974" r:id="rId11"/>
         </w:object>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F02D"/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">)”, not just “A/m”. Do not label axes with a ratio of quantities and units. For example, write “Temperature (K)”, not “Temperature/K”. </w:t>
+        <w:t xml:space="preserve">)”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">not just “A/m”. Do not label axes with a ratio of quantities and units. For example, write “Temperature (K)”, not “Temperature/K”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F65FE09" w14:textId="77777777" w:rsidR="00286E67" w:rsidRDefault="004202F9" w:rsidP="00286E67">
+    <w:p w14:paraId="0F65FE09" w14:textId="786BCB2C" w:rsidR="00286E67" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00286E67">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Multipliers can be especially confusing. Write “Magnetization (kA/m)” or “Magnetization                 (10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">A/m)”. Do not write “Magnetization (A/m) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B4"/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1000” because the reader would not know whether the top axis label in Fig.1 meant 16000 A/m or 0.016 A/m. </w:t>
+        <w:t xml:space="preserve"> 1000” because the reader would not know whether the top axis label in Fig.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5659A" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 meant 16000 A/m or 0.016 A/m. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8950D7" w14:textId="77777777" w:rsidR="00286E67" w:rsidRDefault="001E6C29" w:rsidP="00286E67">
+    <w:p w14:paraId="6B8950D7" w14:textId="64687462" w:rsidR="00286E67" w:rsidRPr="00DD2705" w:rsidRDefault="001E6C29" w:rsidP="00286E67">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C2A18">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Figure labels and all text within figures (axis labels, legends, annotations) must be legible (approximately 8–10 points) and use Times New Roman, consistent with the manuscript text, to ensure uniformity and readability.</w:t>
+        <w:t xml:space="preserve">Figure labels and all text within figures (axis labels, legends, annotations) must be legible (approximately </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5659A" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>8–10 points) and use Times New Roman, consistent with the manuscript text, to ensure uniformity and readability.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C87F481" w14:textId="56CF58AA" w:rsidR="004202F9" w:rsidRPr="00286E67" w:rsidRDefault="004202F9" w:rsidP="00286E67">
+    <w:p w14:paraId="3C87F481" w14:textId="56CF58AA" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00286E67">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE2273">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Table 2. An example of a table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2137"/>
         <w:gridCol w:w="1171"/>
         <w:gridCol w:w="1171"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004202F9" w:rsidRPr="00AA0525" w14:paraId="4C0F447D" w14:textId="77777777" w:rsidTr="00B3001A">
+      <w:tr w:rsidR="004202F9" w:rsidRPr="00DD2705" w14:paraId="4C0F447D" w14:textId="77777777" w:rsidTr="00B3001A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46BBDCD1" w14:textId="2A4522E1" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="0023793B" w:rsidP="004F20F6">
+          <w:p w14:paraId="46BBDCD1" w14:textId="2A4522E1" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="0023793B" w:rsidP="004F20F6">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidR="004202F9" w:rsidRPr="00AA0525">
+            <w:r w:rsidR="004202F9" w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>olumn heading</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3013239B" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
+          <w:p w14:paraId="3013239B" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Column A (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6949B770" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
+          <w:p w14:paraId="6949B770" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Column B (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004202F9" w:rsidRPr="00AA0525" w14:paraId="60A23E41" w14:textId="77777777" w:rsidTr="00B3001A">
+      <w:tr w:rsidR="004202F9" w:rsidRPr="00DD2705" w14:paraId="60A23E41" w14:textId="77777777" w:rsidTr="00B3001A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00C35278" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
+          <w:p w14:paraId="00C35278" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>And an entry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="603F7E03" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
+          <w:p w14:paraId="603F7E03" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7ED230AC" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
+          <w:p w14:paraId="7ED230AC" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004202F9" w:rsidRPr="00AA0525" w14:paraId="1438BCA8" w14:textId="77777777" w:rsidTr="00B3001A">
+      <w:tr w:rsidR="004202F9" w:rsidRPr="00DD2705" w14:paraId="1438BCA8" w14:textId="77777777" w:rsidTr="00B3001A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3B228C" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
+          <w:p w14:paraId="4B3B228C" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>And another entry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A93405" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
+          <w:p w14:paraId="36A93405" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="143D7185" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
+          <w:p w14:paraId="143D7185" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004202F9" w:rsidRPr="00AA0525" w14:paraId="020A52B2" w14:textId="77777777" w:rsidTr="004202F9">
+      <w:tr w:rsidR="004202F9" w:rsidRPr="00DD2705" w14:paraId="020A52B2" w14:textId="77777777" w:rsidTr="004202F9">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FAA3B7E" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
+          <w:p w14:paraId="5FAA3B7E" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>And another entry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20B92F09" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
+          <w:p w14:paraId="20B92F09" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4E3313" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
+          <w:p w14:paraId="7B4E3313" w14:textId="77777777" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004202F9" w:rsidRPr="00AA0525" w14:paraId="26510A71" w14:textId="77777777" w:rsidTr="00B3001A">
+      <w:tr w:rsidR="004202F9" w:rsidRPr="00DD2705" w14:paraId="26510A71" w14:textId="77777777" w:rsidTr="00B3001A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3291" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="114D28F2" w14:textId="3E5219EB" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
+          <w:p w14:paraId="114D28F2" w14:textId="3E5219EB" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="004F20F6">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>And another entry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58288635" w14:textId="6EB91D11" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
+          <w:p w14:paraId="58288635" w14:textId="6EB91D11" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25B1853C" w14:textId="4E9D0711" w:rsidR="004202F9" w:rsidRPr="00AA0525" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
+          <w:p w14:paraId="25B1853C" w14:textId="4E9D0711" w:rsidR="004202F9" w:rsidRPr="00DD2705" w:rsidRDefault="004202F9" w:rsidP="00A77E3D">
             <w:pPr>
               <w:pStyle w:val="Els-table-text"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA0525">
+            <w:r w:rsidRPr="00DD2705">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A896745" w14:textId="77777777" w:rsidR="00C92193" w:rsidRDefault="00C92193" w:rsidP="00A77E3D">
+    <w:p w14:paraId="0A896745" w14:textId="77777777" w:rsidR="00C92193" w:rsidRPr="00DD2705" w:rsidRDefault="00C92193" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CCD3712" w14:textId="68393BDC" w:rsidR="00B9390B" w:rsidRPr="00AA0525" w:rsidRDefault="00B9390B" w:rsidP="00C92193">
+    <w:p w14:paraId="3CCD3712" w14:textId="68393BDC" w:rsidR="00B9390B" w:rsidRPr="00DD2705" w:rsidRDefault="00B9390B" w:rsidP="00C92193">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CB375F1" wp14:editId="7FADD795">
             <wp:extent cx="2552700" cy="1914382"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1583515719" name="Picture 1"/>
+            <wp:docPr id="1583515719" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2568218" cy="1926020"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7607416A" w14:textId="435F531D" w:rsidR="00C92193" w:rsidRPr="00DE2273" w:rsidRDefault="00C92193" w:rsidP="00C92193">
+    <w:p w14:paraId="6E05E5DF" w14:textId="70A7F931" w:rsidR="00C92193" w:rsidRPr="00DD2705" w:rsidRDefault="00C92193" w:rsidP="00005259">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE2273">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Fig. 1.  Magnetization as a function of applied field</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E05E5DF" w14:textId="77777777" w:rsidR="00C92193" w:rsidRDefault="00C92193" w:rsidP="00A77E3D">
-[...11 lines deleted...]
-    <w:p w14:paraId="33D75230" w14:textId="544B764A" w:rsidR="003724D3" w:rsidRPr="00AA0525" w:rsidRDefault="003724D3" w:rsidP="008D19E7">
+    <w:p w14:paraId="33D75230" w14:textId="544B764A" w:rsidR="003724D3" w:rsidRPr="00DD2705" w:rsidRDefault="003724D3" w:rsidP="008D19E7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Note that “Fig.” is abbreviated. There is a period after the figure number. It is good practice to explain the significance of the figure in the caption.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005309D5" w14:textId="3C0EC3B1" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="00880AB9" w:rsidP="00A77E3D">
+    <w:p w14:paraId="005309D5" w14:textId="3C0EC3B1" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="00880AB9" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">5.7.2. </w:t>
       </w:r>
-      <w:r w:rsidR="002C4E60" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="002C4E60" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Subfigure </w:t>
       </w:r>
-      <w:r w:rsidR="007879C0" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="007879C0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>labels in multipart figures and tables</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBF0929" w14:textId="6821121A" w:rsidR="002C4E60" w:rsidRPr="00AA0525" w:rsidRDefault="002C4E60" w:rsidP="008D19E7">
+    <w:p w14:paraId="0FBF0929" w14:textId="6821121A" w:rsidR="002C4E60" w:rsidRPr="00DD2705" w:rsidRDefault="002C4E60" w:rsidP="008D19E7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Multipart figures should be combined and </w:t>
       </w:r>
-      <w:r w:rsidR="00AA0525" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00AA0525" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>labelled</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> before final submission. Labels should appear centered below each subfigure in 8</w:t>
       </w:r>
-      <w:r w:rsidR="001E1354" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="001E1354" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>point</w:t>
       </w:r>
-      <w:r w:rsidR="001E1354" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="001E1354" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Times New Roman font in the format of (a) (b) (c). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424D2C99" w14:textId="21947709" w:rsidR="00D745DC" w:rsidRPr="00AA0525" w:rsidRDefault="001D4EFD" w:rsidP="00A77E3D">
+    <w:p w14:paraId="424D2C99" w14:textId="21947709" w:rsidR="00D745DC" w:rsidRPr="00DD2705" w:rsidRDefault="001D4EFD" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00D745DC" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00D745DC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B4D0AF" w14:textId="2695D54C" w:rsidR="00D745DC" w:rsidRDefault="002E6466" w:rsidP="008D19E7">
+    <w:p w14:paraId="25B4D0AF" w14:textId="71AF93CA" w:rsidR="00D745DC" w:rsidRPr="00DD2705" w:rsidRDefault="002E6466" w:rsidP="008D19E7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Although a conclusion may review the main points of the paper, do not replicate the abstract as the conclusion. Consider elaborating on the translational importance of the work or suggest applications and extensions.</w:t>
       </w:r>
-      <w:r w:rsidR="007B5A7E">
+      <w:r w:rsidR="007B5A7E" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Authors are requested to highlight the contribution of the research presented in this part.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B6A104" w14:textId="77777777" w:rsidR="00D745DC" w:rsidRPr="00AA0525" w:rsidRDefault="00D745DC" w:rsidP="00A77E3D">
-[...23 lines deleted...]
-    <w:p w14:paraId="380830EE" w14:textId="5D60CF49" w:rsidR="00C758A3" w:rsidRPr="00AA0525" w:rsidRDefault="00C758A3" w:rsidP="008D19E7">
+    <w:p w14:paraId="77C5A517" w14:textId="745B552B" w:rsidR="00F02340" w:rsidRPr="00DD2705" w:rsidRDefault="00F02340" w:rsidP="008D19E7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D4BEF52" w14:textId="3B04551B" w:rsidR="00D745DC" w:rsidRPr="00AA0525" w:rsidRDefault="00C758A3" w:rsidP="008D19E7">
+    <w:p w14:paraId="6EDF4F86" w14:textId="77777777" w:rsidR="00F02340" w:rsidRPr="00DD2705" w:rsidRDefault="00F02340" w:rsidP="008D19E7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...85 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="72140161" w14:textId="2D5EE79F" w:rsidR="00917986" w:rsidRPr="00AA0525" w:rsidRDefault="00194AB6" w:rsidP="00A77E3D">
+    <w:p w14:paraId="24B6A104" w14:textId="77777777" w:rsidR="00D745DC" w:rsidRPr="00DD2705" w:rsidRDefault="00D745DC" w:rsidP="00A77E3D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk66893755"/>
-      <w:r w:rsidRPr="00AA0525">
+      <w:bookmarkStart w:id="3" w:name="_Hlk66893783"/>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>Acknowledgments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380830EE" w14:textId="5D60CF49" w:rsidR="00C758A3" w:rsidRPr="00DD2705" w:rsidRDefault="00C758A3" w:rsidP="008D19E7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Use the singular heading even if you have many acknowledgments. Avoid expressions such as “One of us (S.B.A.) would like to thank ...” Instead, write “F. A. Author thanks ...”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4BEF52" w14:textId="3B04551B" w:rsidR="00D745DC" w:rsidRPr="00DD2705" w:rsidRDefault="00C758A3" w:rsidP="008D19E7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It will also contain support information, including sponsor and financial support acknowledgment. For example, “This work was supported by the …. under </w:t>
+      </w:r>
+      <w:r w:rsidR="003724D3" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant T20</w:t>
+      </w:r>
+      <w:r w:rsidR="00917986" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="007D10C0" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>PC</w:t>
+      </w:r>
+      <w:r w:rsidR="00917986" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="008D74B7" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72140161" w14:textId="2D5EE79F" w:rsidR="00917986" w:rsidRPr="00DD2705" w:rsidRDefault="00194AB6" w:rsidP="00A77E3D">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk66893755"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="4863DD1B" w14:textId="0A3E9907" w:rsidR="008C24E7" w:rsidRPr="00AA0525" w:rsidRDefault="00D31AF7" w:rsidP="008D19E7">
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="4863DD1B" w14:textId="1462088C" w:rsidR="008C24E7" w:rsidRPr="00DD2705" w:rsidRDefault="00D31AF7" w:rsidP="008D19E7">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Reference style should be strictly followed </w:t>
       </w:r>
-      <w:r w:rsidR="00536B17" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00536B17" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">the guidance </w:t>
       </w:r>
-      <w:r w:rsidR="00B24522" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="00B24522" w:rsidRPr="00DD2705">
         <w:t xml:space="preserve">in the examples </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:t>below</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8024C">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="007222AB" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="007222AB" w:rsidRPr="00DD2705">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5" w:rsidRPr="00E057B5">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
+        <w:t xml:space="preserve">References should be numbered in sequence and cited in the main text, and must be arranged in the order they are cited in the main text. </w:t>
+      </w:r>
+      <w:r w:rsidR="0079660F" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5A7E" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>cited</w:t>
+      </w:r>
+      <w:r w:rsidR="0079660F" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, the</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5A7E" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reference should </w:t>
+      </w:r>
+      <w:r w:rsidR="0079660F" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>appear on the line, in square brackets, inside the punctuation</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5A7E" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C24E7" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="008C24E7" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the reference number</w:t>
+      </w:r>
+      <w:r w:rsidR="008C24E7" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0079660F" w:rsidRPr="00C8024C">
-[...5 lines deleted...]
-      <w:r w:rsidR="007B5A7E" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="007B5A7E" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>cited</w:t>
-[...39 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+        <w:t xml:space="preserve">such as </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5A7E" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>[3]</w:t>
+      </w:r>
+      <w:r w:rsidR="0079660F" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0050549D" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B5A7E" w:rsidRPr="00C8024C">
-[...17 lines deleted...]
-      <w:r w:rsidR="0050549D" w:rsidRPr="00C8024C">
+      <w:r w:rsidR="008C24E7" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In case, it is necessary to cite more than one reference, write them as [1-3] or </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5659A" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="008C24E7" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[1, 2, 5]. Please do not use automatic endnotes in </w:t>
+      </w:r>
+      <w:r w:rsidR="008C24E7" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Word</w:t>
+      </w:r>
+      <w:r w:rsidR="008C24E7" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, rather, type the reference list at the end of the paper using the “References” style.</w:t>
+      </w:r>
+      <w:r w:rsidR="009257BC" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C24E7" w:rsidRPr="00C8024C">
-[...23 lines deleted...]
-        <w:t>” style.</w:t>
+      <w:r w:rsidR="00841608" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>All other contents remain unchanged. The first line indent of 0.75 cm applies only to the reference list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8AB0CA" w14:textId="0EA15D26" w:rsidR="0079660F" w:rsidRPr="00AA0525" w:rsidRDefault="0079660F" w:rsidP="008D19E7">
+    <w:p w14:paraId="3D8AB0CA" w14:textId="3EAF8C58" w:rsidR="0079660F" w:rsidRPr="00DD2705" w:rsidRDefault="0079660F" w:rsidP="008D19E7">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
-          <w:bCs/>
-[...24 lines deleted...]
-      <w:r w:rsidR="00A7073A" w:rsidRPr="00AA0525">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reference numbers are set flush left and form a column of their own, hanging out beyond the body of the reference. The reference numbers are on the line, enclosed in square brackets. In all references, the given name of the author or editor is abbreviated to the initial only and precedes the last name. Use commas around Jr., Sr., in names. Abbreviate conference titles. When referencing a patent, provide the day and the month of issue, or application. References may not include all information; please obtain and include relevant information. Do not combine references. There must be only one reference with each number. If there is a URL included with the print reference, it can be included at the end of the reference. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7073A" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In this case, </w:t>
       </w:r>
-      <w:r w:rsidR="005D3017" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="005D3017" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a DOI number for the full</w:t>
       </w:r>
-      <w:r w:rsidR="005173D3" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="005173D3" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D3017" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="005D3017" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">text </w:t>
       </w:r>
-      <w:r w:rsidR="0063103F">
+      <w:r w:rsidR="0063103F" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="009F6D80" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="009F6D80" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006002D1" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="006002D1" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">recommended </w:t>
       </w:r>
-      <w:r w:rsidR="007D36EF" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="007D36EF" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D84EA38" w14:textId="20C4F934" w:rsidR="00917986" w:rsidRPr="00AA0525" w:rsidRDefault="0079660F" w:rsidP="008D19E7">
+    <w:p w14:paraId="57DE97D2" w14:textId="7DC99DF5" w:rsidR="001373B0" w:rsidRPr="00DD2705" w:rsidRDefault="001373B0" w:rsidP="008D19E7">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Reference</w:t>
+      </w:r>
+      <w:r w:rsidR="00882842" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in other languages should be translated into English</w:t>
+      </w:r>
+      <w:r w:rsidR="00882842" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and follow the JST following reference format and the title in original languages need to be provided, Example:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N. T. Nguyen, T. H. Tran, and L. Q. Pham, Impact of the Fourth Industrial Revolution on Vietnam’s textile and garment industry], Journal of Science and Technology, vol. 58, no. 3, pp. 45–56, 2023. [In Vietnames]: Ảnh hưởng của Cách mạng công nghiệp lần thứ tư đến ngành dệt may Việt Nam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40460D8F" w14:textId="6284E207" w:rsidR="00F11370" w:rsidRPr="00DD2705" w:rsidRDefault="0079660F" w:rsidP="00841608">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Other than books, capitalize only the first word in a paper title, except for proper nouns and element symbols. For papers published in translation journals, please give the English citation first, followed by the original foreign-language citation</w:t>
       </w:r>
-      <w:r w:rsidR="00086EB0" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00086EB0" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> See the end of this document for formats and examples of common references.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC1F96F" w14:textId="6D29E648" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="36C1FBA2" w14:textId="77777777" w:rsidR="00911AB2" w:rsidRPr="00DD2705" w:rsidRDefault="00911AB2" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk45629467"/>
-      <w:r w:rsidRPr="00AA0525">
+      <w:bookmarkStart w:id="5" w:name="_Hlk45629467"/>
+    </w:p>
+    <w:p w14:paraId="1FC1F96F" w14:textId="65ACF1B8" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Basic format for books:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8AD06B" w14:textId="652595C7" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="6F8AD06B" w14:textId="652595C7" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">J. K. Author, Title of chapter in the book, in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Title of His Published Book, x</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">th ed. City of Publisher, Country: Abbrev. of Publisher, year, ch. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, sec. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B6A8272" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="3B6A8272" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001B26B6" w14:textId="38E56DBA" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="001B26B6" w14:textId="38E56DBA" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk66893764"/>
-      <w:r w:rsidRPr="00AA0525">
+      <w:bookmarkStart w:id="6" w:name="_Hlk66893764"/>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>G.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>O.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Sy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>etic</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>str</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ct</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ur</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>str</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>lastics,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in Pl</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>stics, 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d ed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, vol. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="38"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="38"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="39"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Pet</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rs, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="38"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Ed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="38"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E057B5">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E057B5">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E057B5">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">w </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E057B5">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="38"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>York</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, NY, USA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>: McGraw-Hill,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>96</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>–6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA8B8AF" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="71300708" w14:textId="2834C038" w:rsidR="007879C0" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="00841608">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Ch</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Linea</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Network</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Syst</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ms</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>el</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ont</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A, USA:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>–1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71300708" w14:textId="77777777" w:rsidR="007879C0" w:rsidRPr="00AA0525" w:rsidRDefault="007879C0" w:rsidP="005749F6">
-[...17 lines deleted...]
-    <w:p w14:paraId="2B60395D" w14:textId="00BEBBB1" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="2B60395D" w14:textId="00BEBBB1" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Basic format for periodicals:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25857064" w14:textId="6CA11B9A" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="25857064" w14:textId="6CA11B9A" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">J. K. Author, Name of paper, Abbrev. Title of Periodical, vol. x, no. x, pp. </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>xx–xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Abbrev. Month, year, </w:t>
+      </w:r>
+      <w:r w:rsidR="00536B74" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>https://doi.org</w:t>
+      </w:r>
+      <w:r w:rsidR="00536B74" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>10.1109.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5" w:rsidRPr="00AA0525">
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.123456.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B356A5F" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="0B356A5F" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3E8147" w14:textId="230DEF52" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="1B3E8147" w14:textId="230DEF52" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...15 lines deleted...]
-      <w:r w:rsidR="00536B74" w:rsidRPr="00536B74">
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">J. U. Duncombe, Infrared navigation—Part I: An assessment of feasibility, IEEE Trans. Electron Devices, vol. ED-11, no. 1, pp. 34–39, Jan. 1959, </w:t>
+      </w:r>
+      <w:r w:rsidR="00536B74" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>https://doi.org</w:t>
       </w:r>
-      <w:r w:rsidR="00536B74">
+      <w:r w:rsidR="00536B74" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B1516">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>10.1109/TED.2016.2628402.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F22E33" w14:textId="134F1E8D" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="47F22E33" w14:textId="134F1E8D" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">E. P. Wigner, Theory of traveling-wave optical laser, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>Phys. Rev., vol. 134, pp. A635–A646, Dec. 1965.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E33737" w14:textId="44FCA6E1" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="30E33737" w14:textId="44FCA6E1" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>E. H. Miller, A note on reflector arrays, IEEE Trans. Antennas Propagat., to be published.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C77C886" w14:textId="3CE3E6AE" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="3C77C886" w14:textId="3CE3E6AE" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Basic format for reports:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A549924" w14:textId="7BACDBF4" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="5A549924" w14:textId="7BACDBF4" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">J. K. Author, Title of report, Abbrev. Name of Co., City of Co., Abbrev. State, Country, Rep. </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A83D975" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="7A83D975" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3A6679" w14:textId="411EC817" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="2F3A6679" w14:textId="1F9E7A65" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...5 lines deleted...]
-        <w:t>E. E. Reber, R. L. Michell, and C. J. Carter, Oxygen absorption in the earth’s atmosphere, Aerospace Corp., Los Angeles, CA, USA, Tech. Rep. TR-0200 (4230-46)-3, Nov. 1988.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E. E. Reber, R. L. Michell, and C. J. Carter, Oxygen absorption in the earth’s atmosphere, Aerospace Corp., Los Angeles, CA, USA, Tech. Rep. TR-0200 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5659A" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(4230-46)-3, Nov. 1988.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E7A0B4B" w14:textId="6F545CBD" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="6E7A0B4B" w14:textId="6F545CBD" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>J. H. Davis and J. R. Cogdell, Calibration program for the 16-foot antenna, Elect. Eng. Res. Lab., Univ. Texas, Austin, TX, USA, Tech. Memo. NGL-006-69-3, Nov. 15, 1987.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15962003" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="15962003" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Basic format for handbooks:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B56D062" w14:textId="040091A4" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="3B56D062" w14:textId="040091A4" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of Manual/Handbook, x ed., Abbrev. Name of Co., City of Co., Abbrev. State, Country, year, pp. </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C850969" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="0C850969" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C6B165" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="66C6B165" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B1516">
-[...13 lines deleted...]
-        <w:t>, 3rd ed., Western Electric Co., Winston-Salem, NC, USA, 1985, pp. 44–60.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Transmission Systems for Communications, 3rd ed., Western Electric Co., Winston-Salem, NC, USA, 1985, pp. 44–60.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FEF76B" w14:textId="77E0C3D3" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="12FEF76B" w14:textId="77E0C3D3" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B1516">
-[...13 lines deleted...]
-        <w:t>, Motorola Semiconductor Products Inc., Phoenix, AZ, USA, 1989.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Motorola Semiconductor Data Manual, Motorola Semiconductor Products Inc., Phoenix, AZ, USA, 1989.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030FB774" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="030FB774" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Basic format for reports   and   handbooks (when available online):   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CFD9ACF" w14:textId="6C23279E" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="0CFD9ACF" w14:textId="20D270E8" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">J. K. Author. Title of report, Company. City, State, Country. Rep. no., (optional: vol./issue), Date. [Online] Available: site/path/file </w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>J. K. Author. Title of report, Company. City, State, Country. Rep. no., (optional: vol./issue), Date. [Online] Available: site/path/file</w:t>
+      </w:r>
+      <w:r w:rsidR="001C28D8" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C28D8" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accessed on: </w:t>
+      </w:r>
+      <w:r w:rsidR="001C28D8" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Month, day, year. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7828BD7B" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="7828BD7B" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:right="-20" w:firstLine="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Examples:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DFA170D" w14:textId="2C5B6DCD" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="2554C433" w14:textId="306FE9A9" w:rsidR="00F52F8E" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="00F52F8E">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>R. J. Hijmans and J. van Etten, Raster: Geographic analysis and modeling with raster data</w:t>
       </w:r>
-      <w:r w:rsidR="009E07A6" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="009E07A6" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">http://CRAN.R-project.org/package=raster </w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R Package </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Version 2.0-12, Jan. 12, 2012. [Online]. Available: http://CRAN.R-project.org/package=raster</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52F8E" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F52F8E" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Accessed on: Jan. 7, 2019.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5336B3" w14:textId="703C1F19" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="0E5336B3" w14:textId="64E86AB5" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="00F52F8E">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B1516">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Teralyzer</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. Lytera UG, Kirchhain, Germany [Online].</w:t>
       </w:r>
-      <w:r w:rsidR="006B1C32" w:rsidRPr="00AA0525">
+      <w:r w:rsidR="006B1C32" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Available: http://www.lytera.de/Terahertz_THz_Spectroscopy.php?id=home, Accessed on: Jun. 5, 2014</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Available: http://www.lytera.de/Terahertz_THz_Spectroscopy.php?id=home, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="OLE_LINK3"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Accessed on: Jun. 5, 2014</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="51537AD9" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="51537AD9" w14:textId="58C787D1" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Basic format for computer programs and electronic documents (when available online): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9CCA60" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="0A9CCA60" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Legislative body. Number of Congress, Session. (year, month day). Number of bill or resolution, Title. [Type of medium]. Available: site/path/file</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0C7BCC" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="3C0C7BCC" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTE: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>commends</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="38"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>capitalization</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>llow</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>accepted</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>practice</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>gu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ge</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ript in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ation is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>giv</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F6206B" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="45F6206B" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Example:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E468483" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="0E468483" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">U.S. House. 102nd Congress, 1st Session. (1991, Jan. 11). H. Con. Res. 1, Sense of the Congress on Approval of Military Action. [Online]. Available: LEXIS Library: GENFED File: BILLS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E857944" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="7E857944" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Basic format for conference proceedings (published):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618A289A" w14:textId="40A7F77B" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="618A289A" w14:textId="40A7F77B" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">J. K. Author, Title of paper, in Abbreviated Name of Conf., City of Conf., Abbrev. State (if given), Country, year, pp. </w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C448260" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="0C448260" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Example:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4A5BF7" w14:textId="5516F412" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="3B4A5BF7" w14:textId="0465F21C" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">D. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. Pa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">nd </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ele</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-sw</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ch</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72EAF" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s- s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>vely</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>le-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ode optical</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>net</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>k,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in Pro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>OC-E</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C, Boston, MA, USA,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>98</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EB6EA53" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="2EB6EA53" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Example for papers presented at conferences (unpublished):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A483297" w14:textId="26F8BA4C" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="3A483297" w14:textId="095C754E" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>D.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="20"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="20"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="20"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>E.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="19"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>og</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="20"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Di</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ital</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="19"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>single</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="19"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>sideb</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="20"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>dete</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cti</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>etr</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>sens</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rs,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>res</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2nd</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Op</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>tical</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Fi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Senso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>St</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>tt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>y,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Ja</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">5, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>98</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="001C28D8" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19F6845F" w14:textId="765DF888" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="19F6845F" w14:textId="765DF888" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Basic format for patents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2140F2FA" w14:textId="58339E8C" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="2140F2FA" w14:textId="58339E8C" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">J. K. Author, Title of patent, U.S. Patent </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidR="00E057B5">
+      <w:r w:rsidR="00E057B5" w:rsidRPr="00DD2705">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
-[...5 lines deleted...]
-        <w:t>, Abbrev. Month, day, year.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Abbrev. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="OLE_LINK4"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Month, day, year</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B618B7" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="53B618B7" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Example:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BDF11A8" w14:textId="26B22C92" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="0BDF11A8" w14:textId="26B22C92" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">G. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>randli and M. Di</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ating</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rrent fed power sup</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ly,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Pate</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t 4 084 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>7,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B50019" w14:textId="43B8451D" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="07B50019" w14:textId="43B8451D" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Basic format for theses (M.S.) and dissertations (Ph.D.):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D17D0C" w14:textId="364D1713" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="45D17D0C" w14:textId="364D1713" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>J. K. Author, Title of thesis, M.S. thesis, Abbrev. Dept., Abbrev. Univ., City of Univ., Abbrev. State, year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B71785" w14:textId="6AFD5E43" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="10B71785" w14:textId="6AFD5E43" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>J. K. Author, Title of dissertation, Ph.D. dissertation, Abbrev. Dept., Abbrev. Univ., City of Univ., Abbrev. State, year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0DFAD8" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="5B0DFAD8" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425D0CC8" w14:textId="1257091E" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="425D0CC8" w14:textId="1257091E" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>J. O. Williams, Narrow-band analyzer, Ph.D. dissertation, Dept. Elect. Eng., Harvard Univ., Cambridge, MA, USA, 1993.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="06C0261B" w14:textId="5C31B603" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="06C0261B" w14:textId="5C31B603" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>N. Kawasaki, Parametric study of thermal and chemical nonequilibrium nozzle flow, M.S. thesis, Dept. Electron. Eng., Osaka Univ., Osaka, Japan, 1993.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CF4672" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="08CF4672" w14:textId="567559F2" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Basic formats for standards:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12CE3458" w14:textId="10D4B81F" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="12CE3458" w14:textId="10D4B81F" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B3368">
-[...14 lines deleted...]
-        <w:t>, Standard number, date.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Title of Standard, Standard number, date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBADEE7" w14:textId="64CA6CD6" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="0BBADEE7" w14:textId="64CA6CD6" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B3368">
-[...13 lines deleted...]
-        <w:t>, Standard number, Corporate author, location, date.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Title of Standard, Standard number, Corporate author, location, date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B05E99C" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
+    <w:p w14:paraId="1B05E99C" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="002B3368">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CDFC729" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="008B1516" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="4CDFC729" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...13 lines deleted...]
-        <w:t>, IEEE Standard 308, 1969.</w:t>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>IEEE Criteria for Class IE Electric Systems, IEEE Standard 308, 1969.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE8404B" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="3FE8404B" w14:textId="0EC1DAEF" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Letter Symbols for Quantities, ANSI Standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Y10.5-1968.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72EAF" w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2705">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Y10.5-1968.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A421F42" w14:textId="77777777" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
+    <w:p w14:paraId="6A421F42" w14:textId="5F46D97B" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="007E6298">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article number in reference examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B612BA" w14:textId="4C7D1DEB" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="05B612BA" w14:textId="4C7D1DEB" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>R. Fardel, M. Nagel, F. Nuesch, T. Lippert, and A. Wokaun, Fabrication of organic light emitting diode pixels by laser-assisted forward transfer, Appl. Phys. Lett., vol. 91, no. 6, Aug. 2007, Art. no. 061103. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F924B1" w14:textId="2EA190B0" w:rsidR="00CB563C" w:rsidRPr="00AA0525" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
+    <w:p w14:paraId="34F924B1" w14:textId="2EA190B0" w:rsidR="00CB563C" w:rsidRPr="00DD2705" w:rsidRDefault="00CB563C" w:rsidP="008B1516">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA0525">
+      <w:r w:rsidRPr="00DD2705">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>J. Zhang and N. Tansu, Optical gain and laser characteristics of InGaN quantum wells on ternary InGaN substrates, IEEE Photon. J., vol. 5, no. 2, Apr. 2013, Art. no. 2600111</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="46885797" w14:textId="4C31C4D8" w:rsidR="008345A1" w:rsidRPr="00AA0525" w:rsidRDefault="00E60768" w:rsidP="00796BF1">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1170" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="008345A1" w:rsidRPr="00AA0525" w:rsidSect="005749F6">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="397"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA0525">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
@@ -16226,58 +16536,58 @@
     </w:p>
     <w:p w14:paraId="1FFD04C9" w14:textId="73B1156C" w:rsidR="00093E6F" w:rsidRPr="00AA0525" w:rsidRDefault="00093E6F" w:rsidP="005749F6">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00093E6F" w:rsidRPr="00AA0525" w:rsidSect="005749F6">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="397"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C6D744F" w14:textId="77777777" w:rsidR="00C67F16" w:rsidRDefault="00C67F16" w:rsidP="00AB13BB">
+    <w:p w14:paraId="4D9E53E8" w14:textId="77777777" w:rsidR="003A3F96" w:rsidRDefault="003A3F96" w:rsidP="00AB13BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="355B3705" w14:textId="77777777" w:rsidR="00C67F16" w:rsidRDefault="00C67F16" w:rsidP="00AB13BB">
+    <w:p w14:paraId="4DE98DA0" w14:textId="77777777" w:rsidR="003A3F96" w:rsidRDefault="003A3F96" w:rsidP="00AB13BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -16434,510 +16744,484 @@
         <w:r w:rsidRPr="0033316C">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="0033316C">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="449FB0E6" w14:textId="77777777" w:rsidR="00C67F16" w:rsidRDefault="00C67F16" w:rsidP="00AB13BB">
+    <w:p w14:paraId="1E372E01" w14:textId="77777777" w:rsidR="003A3F96" w:rsidRDefault="003A3F96" w:rsidP="00AB13BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="182D8B29" w14:textId="77777777" w:rsidR="00C67F16" w:rsidRDefault="00C67F16" w:rsidP="00AB13BB">
+    <w:p w14:paraId="23D4C90D" w14:textId="77777777" w:rsidR="003A3F96" w:rsidRDefault="003A3F96" w:rsidP="00AB13BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="772F789E" w14:textId="73A0A67E" w:rsidR="00AB4DB9" w:rsidRDefault="004660FD" w:rsidP="00AB4DB9">
+    <w:p w14:paraId="7C1E4DE5" w14:textId="77777777" w:rsidR="00003F66" w:rsidRDefault="00003F66" w:rsidP="00003F66">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>p-</w:t>
       </w:r>
+      <w:r w:rsidRPr="00070640">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ISSN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00443878">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>3093-3242</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319F4D51" w14:textId="77777777" w:rsidR="00003F66" w:rsidRPr="00070640" w:rsidRDefault="00003F66" w:rsidP="00003F66">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>e-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070640">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ISSN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00443878">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>3093-3579</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B410683" w14:textId="0805A498" w:rsidR="004660FD" w:rsidRDefault="00003F66" w:rsidP="00003F66">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00070640">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.51316/jst.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82038">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070640">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>etsd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070640">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7B99">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82038">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070640">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82038">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070640">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82038">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070640">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="0033316C" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0033316C" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Received: </w:t>
+      </w:r>
+      <w:r w:rsidR="003F725C" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>......./..../......</w:t>
+      </w:r>
+      <w:r w:rsidR="0033316C" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="006450B8" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0067286E" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="006450B8" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>evised:</w:t>
+      </w:r>
+      <w:r w:rsidR="0033316C" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006450B8" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>......./..../......</w:t>
+      </w:r>
+      <w:r w:rsidR="006450B8" w:rsidRPr="003219E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="006450B8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0067286E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0033316C" w:rsidRPr="00070640">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ccepted: </w:t>
+      </w:r>
+      <w:r w:rsidR="003F725C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>......./..../......</w:t>
+      </w:r>
+      <w:r w:rsidR="0067286E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>; On</w:t>
+      </w:r>
+      <w:r w:rsidR="005D05DD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">line: </w:t>
+      </w:r>
+      <w:r w:rsidR="005D05DD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>......./..../......</w:t>
+      </w:r>
       <w:r w:rsidR="00AB4DB9" w:rsidRPr="00070640">
-        <w:rPr>
-[...311 lines deleted...]
-      <w:r w:rsidRPr="00070640">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78271A15" w14:textId="77777777" w:rsidR="00C6425D" w:rsidRPr="00070640" w:rsidRDefault="00C6425D" w:rsidP="00AB4DB9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07905030" w14:textId="77777777" w:rsidR="004A0B18" w:rsidRPr="00D745DC" w:rsidRDefault="004A0B18">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="44809A0E" w14:textId="106D859F" w:rsidR="00FC3B7B" w:rsidRDefault="00FA151C" w:rsidP="00FA151C">
+  <w:p w14:paraId="44809A0E" w14:textId="3494A666" w:rsidR="00FC3B7B" w:rsidRDefault="00FA151C" w:rsidP="00FA151C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="16739462" w14:textId="62A58620" w:rsidR="00560CDB" w:rsidRDefault="00B53E21" w:rsidP="004F20F6">
+  <w:p w14:paraId="16739462" w14:textId="589FF51F" w:rsidR="00560CDB" w:rsidRDefault="00B53E21" w:rsidP="004F20F6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Journal of Science and Technology </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00003F66">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>–</w:t>
     </w:r>
-    <w:r w:rsidR="00AB4DB9">
+    <w:r w:rsidR="00003F66">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00443878" w:rsidRPr="00443878">
+    <w:r w:rsidR="00003F66" w:rsidRPr="00443878">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
       <w:t>Engineering and Technology for Sustainable Development</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="20DC7CA2" w14:textId="7766DF34" w:rsidR="00343B46" w:rsidRPr="00560CDB" w:rsidRDefault="00DC510B" w:rsidP="004F20F6">
+  <w:p w14:paraId="20DC7CA2" w14:textId="25F6B1CA" w:rsidR="00343B46" w:rsidRPr="00DD2705" w:rsidRDefault="00DC510B" w:rsidP="004F20F6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
-        <w:lang w:val="vi-VN"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B4244FB" wp14:editId="7ED1FC05">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-5715</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>189230</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5953125" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -16987,160 +17271,159 @@
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00560CDB" w:rsidRPr="00560CDB">
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
       <w:t>Vol</w:t>
     </w:r>
     <w:r w:rsidR="00B84AA7">
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
       <w:t>ume</w:t>
     </w:r>
-    <w:r w:rsidR="00560CDB" w:rsidRPr="00560CDB">
-[...10 lines deleted...]
-    <w:r w:rsidR="005749F6">
+    <w:r w:rsidR="00317E9D">
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>…</w:t>
+      <w:t xml:space="preserve"> x</w:t>
     </w:r>
     <w:r w:rsidR="00560CDB" w:rsidRPr="00560CDB">
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
-      <w:t xml:space="preserve">, Issue </w:t>
+      <w:t>, Issue</w:t>
     </w:r>
-    <w:r w:rsidR="005749F6">
+    <w:r w:rsidR="00317E9D">
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>….</w:t>
+      <w:t xml:space="preserve"> x</w:t>
     </w:r>
     <w:r w:rsidR="00560CDB" w:rsidRPr="00560CDB">
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="004660FD">
+    <w:r w:rsidR="00317E9D">
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>September</w:t>
-[...21 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>Month Year</w:t>
     </w:r>
     <w:r w:rsidR="00560CDB" w:rsidRPr="00560CDB">
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="00560CDB" w:rsidRPr="00560CDB">
+    <w:r w:rsidR="00560CDB" w:rsidRPr="003219E8">
       <w:rPr>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
-        <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="vi-VN"/>
       </w:rPr>
-      <w:t>ppp-ppp</w:t>
+      <w:t>ppp</w:t>
+    </w:r>
+    <w:r w:rsidR="005B79D3" w:rsidRPr="003219E8">
+      <w:rPr>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>–pp</w:t>
+    </w:r>
+    <w:r w:rsidR="00560CDB" w:rsidRPr="003219E8">
+      <w:rPr>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="vi-VN"/>
+      </w:rPr>
+      <w:t>p</w:t>
+    </w:r>
+    <w:r w:rsidR="00317E9D" w:rsidRPr="003219E8">
+      <w:rPr>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="62F820A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="144" w:legacyIndent="144"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:legacy w:legacy="1" w:legacySpace="144" w:legacyIndent="144"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
@@ -17642,50 +17925,136 @@
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E9E3C6F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="65DE57FA"/>
+    <w:lvl w:ilvl="0" w:tplc="6E902102">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8CA40514">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0CDA4DA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="42B8F5F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B8E84D44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7F6A72F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5FFA9770">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3CDE68F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6CE4C010">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="48000521">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1423380094">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="185869467">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1827937569">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="704478839">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="431895545">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1418598126">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1931625031">
@@ -17744,1157 +18113,1241 @@
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1975788021">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="148138012">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1610775387">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="749934403">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1935045669">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1973174712">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="139157872">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="875774587">
     <w:abstractNumId w:val="4"/>
   </w:num>
+  <w:num w:numId="34" w16cid:durableId="1427845160">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="130"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNTGyMDcyMTMysTAyNTJQ0lEKTi0uzszPAykwNKoFABSycxItAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00AB13BB"/>
     <w:rsid w:val="00003509"/>
+    <w:rsid w:val="00003F66"/>
     <w:rsid w:val="00004875"/>
+    <w:rsid w:val="00005259"/>
     <w:rsid w:val="000056D6"/>
     <w:rsid w:val="00006E69"/>
     <w:rsid w:val="00007057"/>
     <w:rsid w:val="0001266F"/>
     <w:rsid w:val="00014757"/>
     <w:rsid w:val="00016663"/>
     <w:rsid w:val="00016A12"/>
+    <w:rsid w:val="00016C23"/>
     <w:rsid w:val="00017006"/>
     <w:rsid w:val="000212CE"/>
     <w:rsid w:val="000248CF"/>
     <w:rsid w:val="00024D81"/>
     <w:rsid w:val="000252A3"/>
+    <w:rsid w:val="000258AD"/>
     <w:rsid w:val="00026637"/>
     <w:rsid w:val="000342B8"/>
     <w:rsid w:val="000343C6"/>
     <w:rsid w:val="00035718"/>
     <w:rsid w:val="000370E3"/>
     <w:rsid w:val="0003726A"/>
     <w:rsid w:val="00040DE7"/>
     <w:rsid w:val="000430D3"/>
     <w:rsid w:val="000528C5"/>
     <w:rsid w:val="00061A51"/>
     <w:rsid w:val="000624F2"/>
     <w:rsid w:val="00066016"/>
     <w:rsid w:val="0006781D"/>
     <w:rsid w:val="00070640"/>
     <w:rsid w:val="00075890"/>
     <w:rsid w:val="00077133"/>
     <w:rsid w:val="0007739F"/>
     <w:rsid w:val="00082090"/>
     <w:rsid w:val="0008394A"/>
     <w:rsid w:val="00084780"/>
     <w:rsid w:val="00086EB0"/>
     <w:rsid w:val="00087099"/>
     <w:rsid w:val="000879BC"/>
     <w:rsid w:val="000922F7"/>
     <w:rsid w:val="00093E6F"/>
     <w:rsid w:val="00094198"/>
     <w:rsid w:val="000A08F7"/>
     <w:rsid w:val="000A4ADF"/>
     <w:rsid w:val="000A53CB"/>
     <w:rsid w:val="000A7D22"/>
     <w:rsid w:val="000B302D"/>
     <w:rsid w:val="000B34AF"/>
     <w:rsid w:val="000B43E3"/>
     <w:rsid w:val="000C0470"/>
     <w:rsid w:val="000C1F60"/>
     <w:rsid w:val="000C3273"/>
+    <w:rsid w:val="000C3CAC"/>
     <w:rsid w:val="000C617C"/>
     <w:rsid w:val="000C63C4"/>
     <w:rsid w:val="000C68ED"/>
     <w:rsid w:val="000C7D17"/>
     <w:rsid w:val="000E0520"/>
     <w:rsid w:val="000E1138"/>
     <w:rsid w:val="000E363F"/>
     <w:rsid w:val="000E46FD"/>
     <w:rsid w:val="000E6343"/>
     <w:rsid w:val="000E6DDC"/>
+    <w:rsid w:val="000E7427"/>
     <w:rsid w:val="000F0273"/>
     <w:rsid w:val="000F2984"/>
     <w:rsid w:val="000F4153"/>
     <w:rsid w:val="000F644D"/>
     <w:rsid w:val="000F7016"/>
     <w:rsid w:val="00100AE3"/>
     <w:rsid w:val="0010191E"/>
     <w:rsid w:val="00101FBB"/>
+    <w:rsid w:val="00102481"/>
     <w:rsid w:val="001026FF"/>
     <w:rsid w:val="0010725F"/>
     <w:rsid w:val="00114B35"/>
     <w:rsid w:val="00115D47"/>
     <w:rsid w:val="001206CB"/>
     <w:rsid w:val="00120DD5"/>
     <w:rsid w:val="00121B62"/>
     <w:rsid w:val="001223F0"/>
     <w:rsid w:val="0012245A"/>
     <w:rsid w:val="0012459D"/>
     <w:rsid w:val="00130D14"/>
     <w:rsid w:val="00131A07"/>
     <w:rsid w:val="00132FBA"/>
     <w:rsid w:val="00134BED"/>
     <w:rsid w:val="001365BE"/>
+    <w:rsid w:val="001373B0"/>
     <w:rsid w:val="00140D40"/>
+    <w:rsid w:val="00140D51"/>
     <w:rsid w:val="0015078B"/>
     <w:rsid w:val="00150955"/>
     <w:rsid w:val="00151015"/>
     <w:rsid w:val="00154D72"/>
     <w:rsid w:val="0015599B"/>
     <w:rsid w:val="0015774B"/>
     <w:rsid w:val="001643E8"/>
     <w:rsid w:val="00165A8D"/>
     <w:rsid w:val="00166DD8"/>
     <w:rsid w:val="00173675"/>
     <w:rsid w:val="001754B2"/>
     <w:rsid w:val="00176A39"/>
     <w:rsid w:val="001805D7"/>
     <w:rsid w:val="001833C3"/>
     <w:rsid w:val="00184661"/>
     <w:rsid w:val="00187AD7"/>
     <w:rsid w:val="00192E98"/>
     <w:rsid w:val="00194AB6"/>
     <w:rsid w:val="00195F5B"/>
     <w:rsid w:val="001967A9"/>
     <w:rsid w:val="00196F95"/>
     <w:rsid w:val="0019768E"/>
-    <w:rsid w:val="001A100F"/>
     <w:rsid w:val="001A1B6E"/>
     <w:rsid w:val="001A1EEB"/>
     <w:rsid w:val="001A1EF3"/>
     <w:rsid w:val="001A6336"/>
     <w:rsid w:val="001A6752"/>
     <w:rsid w:val="001B24DA"/>
     <w:rsid w:val="001B37D7"/>
+    <w:rsid w:val="001B4E4D"/>
     <w:rsid w:val="001B654D"/>
     <w:rsid w:val="001B7BA8"/>
     <w:rsid w:val="001C088D"/>
     <w:rsid w:val="001C1C61"/>
     <w:rsid w:val="001C20E7"/>
+    <w:rsid w:val="001C28D8"/>
     <w:rsid w:val="001C530E"/>
     <w:rsid w:val="001D3793"/>
     <w:rsid w:val="001D3AF3"/>
     <w:rsid w:val="001D4C00"/>
     <w:rsid w:val="001D4EFD"/>
+    <w:rsid w:val="001D6151"/>
     <w:rsid w:val="001D61DA"/>
     <w:rsid w:val="001D7762"/>
     <w:rsid w:val="001E116F"/>
     <w:rsid w:val="001E1354"/>
+    <w:rsid w:val="001E259E"/>
     <w:rsid w:val="001E3853"/>
     <w:rsid w:val="001E389A"/>
     <w:rsid w:val="001E6C29"/>
+    <w:rsid w:val="001E7CB0"/>
     <w:rsid w:val="001F0A58"/>
     <w:rsid w:val="001F241D"/>
     <w:rsid w:val="001F3BD8"/>
     <w:rsid w:val="001F783F"/>
     <w:rsid w:val="001F7E24"/>
     <w:rsid w:val="0020197B"/>
     <w:rsid w:val="00205610"/>
     <w:rsid w:val="00205960"/>
     <w:rsid w:val="00205AB7"/>
     <w:rsid w:val="00210399"/>
     <w:rsid w:val="0021162E"/>
     <w:rsid w:val="0021201B"/>
     <w:rsid w:val="0021225C"/>
     <w:rsid w:val="00213A54"/>
     <w:rsid w:val="00214A2D"/>
     <w:rsid w:val="00215346"/>
     <w:rsid w:val="00217693"/>
+    <w:rsid w:val="00217EA2"/>
     <w:rsid w:val="002205A4"/>
     <w:rsid w:val="00221B1D"/>
+    <w:rsid w:val="0022363A"/>
     <w:rsid w:val="00227FDC"/>
     <w:rsid w:val="002300D0"/>
     <w:rsid w:val="00230453"/>
     <w:rsid w:val="00235E1F"/>
     <w:rsid w:val="0023733B"/>
     <w:rsid w:val="0023793B"/>
     <w:rsid w:val="00242DF3"/>
     <w:rsid w:val="0024379B"/>
     <w:rsid w:val="002456C6"/>
     <w:rsid w:val="00247CFF"/>
     <w:rsid w:val="00252034"/>
     <w:rsid w:val="00252054"/>
     <w:rsid w:val="0025246C"/>
     <w:rsid w:val="00257A6C"/>
     <w:rsid w:val="00263AA8"/>
     <w:rsid w:val="0027382D"/>
     <w:rsid w:val="00276D47"/>
+    <w:rsid w:val="002777C1"/>
     <w:rsid w:val="00280692"/>
     <w:rsid w:val="00281260"/>
     <w:rsid w:val="00283213"/>
     <w:rsid w:val="002838E0"/>
     <w:rsid w:val="002858BB"/>
     <w:rsid w:val="002858D6"/>
     <w:rsid w:val="00286E67"/>
     <w:rsid w:val="00291156"/>
     <w:rsid w:val="002945D1"/>
     <w:rsid w:val="002945F4"/>
     <w:rsid w:val="00295A8A"/>
+    <w:rsid w:val="002A2F49"/>
+    <w:rsid w:val="002A34AF"/>
     <w:rsid w:val="002A4726"/>
     <w:rsid w:val="002A4FFA"/>
     <w:rsid w:val="002A6E4A"/>
     <w:rsid w:val="002B2419"/>
     <w:rsid w:val="002B3368"/>
+    <w:rsid w:val="002B34C2"/>
     <w:rsid w:val="002B416A"/>
     <w:rsid w:val="002B49A4"/>
     <w:rsid w:val="002B6C81"/>
     <w:rsid w:val="002C118D"/>
     <w:rsid w:val="002C4AB9"/>
     <w:rsid w:val="002C4AD5"/>
     <w:rsid w:val="002C4E60"/>
     <w:rsid w:val="002C51BD"/>
     <w:rsid w:val="002D07DF"/>
     <w:rsid w:val="002D2040"/>
     <w:rsid w:val="002D3286"/>
     <w:rsid w:val="002D36E6"/>
     <w:rsid w:val="002D6A1B"/>
     <w:rsid w:val="002E0031"/>
     <w:rsid w:val="002E3D95"/>
     <w:rsid w:val="002E5A3E"/>
     <w:rsid w:val="002E6466"/>
     <w:rsid w:val="002E6F45"/>
     <w:rsid w:val="002F2C4C"/>
     <w:rsid w:val="00303361"/>
     <w:rsid w:val="003033B7"/>
     <w:rsid w:val="00303DA0"/>
-    <w:rsid w:val="00312336"/>
     <w:rsid w:val="00312524"/>
     <w:rsid w:val="00312A60"/>
+    <w:rsid w:val="0031473B"/>
     <w:rsid w:val="003158FA"/>
     <w:rsid w:val="00316340"/>
     <w:rsid w:val="003166B2"/>
+    <w:rsid w:val="00317E9D"/>
     <w:rsid w:val="00321142"/>
+    <w:rsid w:val="0032119F"/>
+    <w:rsid w:val="003219E8"/>
     <w:rsid w:val="00321D1A"/>
     <w:rsid w:val="00326683"/>
     <w:rsid w:val="0033096B"/>
     <w:rsid w:val="00332EBC"/>
     <w:rsid w:val="0033316C"/>
     <w:rsid w:val="00334749"/>
     <w:rsid w:val="00334DC5"/>
     <w:rsid w:val="00335ACB"/>
     <w:rsid w:val="0033633E"/>
     <w:rsid w:val="003400B2"/>
     <w:rsid w:val="003401B5"/>
     <w:rsid w:val="00343210"/>
     <w:rsid w:val="00343442"/>
     <w:rsid w:val="00343B46"/>
     <w:rsid w:val="003448FB"/>
     <w:rsid w:val="003454C3"/>
     <w:rsid w:val="003456F7"/>
     <w:rsid w:val="00346870"/>
     <w:rsid w:val="003470EA"/>
     <w:rsid w:val="00351DFA"/>
     <w:rsid w:val="0035277B"/>
     <w:rsid w:val="00352E3E"/>
     <w:rsid w:val="00352E96"/>
     <w:rsid w:val="00357F66"/>
     <w:rsid w:val="00363DEF"/>
     <w:rsid w:val="00367D49"/>
     <w:rsid w:val="003724D3"/>
     <w:rsid w:val="00372EC6"/>
     <w:rsid w:val="00381100"/>
     <w:rsid w:val="003857C3"/>
     <w:rsid w:val="00392CE0"/>
     <w:rsid w:val="00393B97"/>
     <w:rsid w:val="003958E0"/>
     <w:rsid w:val="00395DA5"/>
     <w:rsid w:val="003A03E7"/>
     <w:rsid w:val="003A0F57"/>
     <w:rsid w:val="003A3228"/>
+    <w:rsid w:val="003A3F96"/>
     <w:rsid w:val="003A768B"/>
     <w:rsid w:val="003B164E"/>
     <w:rsid w:val="003B3239"/>
     <w:rsid w:val="003B337C"/>
     <w:rsid w:val="003B48F4"/>
     <w:rsid w:val="003B52C5"/>
     <w:rsid w:val="003B668F"/>
     <w:rsid w:val="003C1AA6"/>
     <w:rsid w:val="003C1FEF"/>
     <w:rsid w:val="003C20AD"/>
+    <w:rsid w:val="003C34F5"/>
     <w:rsid w:val="003C5A06"/>
     <w:rsid w:val="003D0D8E"/>
     <w:rsid w:val="003D0ECE"/>
     <w:rsid w:val="003D1102"/>
     <w:rsid w:val="003D4B59"/>
     <w:rsid w:val="003D5B96"/>
     <w:rsid w:val="003D5E51"/>
     <w:rsid w:val="003E1E04"/>
     <w:rsid w:val="003E3D87"/>
     <w:rsid w:val="003E48A9"/>
     <w:rsid w:val="003E58EE"/>
     <w:rsid w:val="003E7F9D"/>
+    <w:rsid w:val="003F1773"/>
     <w:rsid w:val="003F6E58"/>
     <w:rsid w:val="003F725C"/>
     <w:rsid w:val="00400478"/>
     <w:rsid w:val="00401552"/>
     <w:rsid w:val="004015D5"/>
     <w:rsid w:val="00401A3E"/>
     <w:rsid w:val="00402D42"/>
     <w:rsid w:val="004114FB"/>
     <w:rsid w:val="00412D29"/>
+    <w:rsid w:val="0041535B"/>
     <w:rsid w:val="00415C3E"/>
     <w:rsid w:val="0041679B"/>
-    <w:rsid w:val="00416F47"/>
+    <w:rsid w:val="00417D3C"/>
     <w:rsid w:val="004202F9"/>
     <w:rsid w:val="004252E7"/>
     <w:rsid w:val="004275AF"/>
     <w:rsid w:val="00435E82"/>
     <w:rsid w:val="0043626D"/>
     <w:rsid w:val="00437963"/>
     <w:rsid w:val="00442B0C"/>
     <w:rsid w:val="004435D9"/>
-    <w:rsid w:val="00443878"/>
     <w:rsid w:val="0044474F"/>
     <w:rsid w:val="004450AE"/>
     <w:rsid w:val="00445803"/>
     <w:rsid w:val="00445FA7"/>
     <w:rsid w:val="004506C1"/>
     <w:rsid w:val="00450DA1"/>
     <w:rsid w:val="00453753"/>
     <w:rsid w:val="00456C06"/>
     <w:rsid w:val="00464B53"/>
     <w:rsid w:val="004660FD"/>
     <w:rsid w:val="00466B8D"/>
     <w:rsid w:val="004719AB"/>
     <w:rsid w:val="00474AAB"/>
     <w:rsid w:val="00475774"/>
     <w:rsid w:val="00484C13"/>
     <w:rsid w:val="00484C4E"/>
     <w:rsid w:val="004874C8"/>
     <w:rsid w:val="004876DB"/>
     <w:rsid w:val="004934F1"/>
     <w:rsid w:val="00495902"/>
     <w:rsid w:val="004977F6"/>
     <w:rsid w:val="004A06BE"/>
     <w:rsid w:val="004A0B18"/>
     <w:rsid w:val="004A2568"/>
     <w:rsid w:val="004A6DE8"/>
     <w:rsid w:val="004A6E7D"/>
     <w:rsid w:val="004B22D0"/>
     <w:rsid w:val="004B4CD1"/>
     <w:rsid w:val="004B544D"/>
     <w:rsid w:val="004B5A3A"/>
     <w:rsid w:val="004C2923"/>
     <w:rsid w:val="004D1764"/>
     <w:rsid w:val="004D1871"/>
     <w:rsid w:val="004D2347"/>
     <w:rsid w:val="004D5127"/>
     <w:rsid w:val="004D6CF7"/>
     <w:rsid w:val="004D7793"/>
+    <w:rsid w:val="004D7B99"/>
     <w:rsid w:val="004E0B48"/>
     <w:rsid w:val="004E30DB"/>
     <w:rsid w:val="004E56BD"/>
     <w:rsid w:val="004E5A31"/>
     <w:rsid w:val="004E5F5C"/>
     <w:rsid w:val="004E682C"/>
     <w:rsid w:val="004E77D8"/>
     <w:rsid w:val="004F1B4E"/>
     <w:rsid w:val="004F20F6"/>
     <w:rsid w:val="004F2797"/>
     <w:rsid w:val="004F2F7D"/>
     <w:rsid w:val="004F3578"/>
     <w:rsid w:val="005035C2"/>
     <w:rsid w:val="0050549D"/>
     <w:rsid w:val="00506DB3"/>
     <w:rsid w:val="00513BE6"/>
     <w:rsid w:val="00514AE1"/>
     <w:rsid w:val="00517072"/>
     <w:rsid w:val="005173D3"/>
     <w:rsid w:val="005234A8"/>
     <w:rsid w:val="00532F50"/>
     <w:rsid w:val="00534461"/>
     <w:rsid w:val="005350D0"/>
     <w:rsid w:val="005350EA"/>
     <w:rsid w:val="00536B17"/>
     <w:rsid w:val="00536B74"/>
     <w:rsid w:val="0053705C"/>
     <w:rsid w:val="005378EB"/>
     <w:rsid w:val="00541AAE"/>
     <w:rsid w:val="0054492E"/>
     <w:rsid w:val="0054600B"/>
     <w:rsid w:val="00546A8D"/>
     <w:rsid w:val="0055040E"/>
     <w:rsid w:val="00551453"/>
     <w:rsid w:val="0055206B"/>
     <w:rsid w:val="00554C93"/>
     <w:rsid w:val="005568DA"/>
     <w:rsid w:val="00556946"/>
     <w:rsid w:val="0056080A"/>
+    <w:rsid w:val="00560C81"/>
     <w:rsid w:val="00560CDB"/>
     <w:rsid w:val="00562EC8"/>
     <w:rsid w:val="00566C0F"/>
     <w:rsid w:val="00567FFB"/>
     <w:rsid w:val="0057018B"/>
     <w:rsid w:val="005749F6"/>
     <w:rsid w:val="005809C7"/>
     <w:rsid w:val="00581CBC"/>
     <w:rsid w:val="00581D08"/>
     <w:rsid w:val="00583AFC"/>
     <w:rsid w:val="0058739E"/>
     <w:rsid w:val="00587679"/>
     <w:rsid w:val="00587DBA"/>
     <w:rsid w:val="005920A4"/>
     <w:rsid w:val="005946FB"/>
     <w:rsid w:val="00597914"/>
+    <w:rsid w:val="005A1193"/>
     <w:rsid w:val="005A15B0"/>
     <w:rsid w:val="005A2929"/>
     <w:rsid w:val="005A2F17"/>
     <w:rsid w:val="005A2F66"/>
     <w:rsid w:val="005A6DEA"/>
     <w:rsid w:val="005A7B99"/>
+    <w:rsid w:val="005B1F82"/>
     <w:rsid w:val="005B4368"/>
     <w:rsid w:val="005B6130"/>
+    <w:rsid w:val="005B6B04"/>
     <w:rsid w:val="005B7358"/>
+    <w:rsid w:val="005B79D3"/>
     <w:rsid w:val="005C27E3"/>
+    <w:rsid w:val="005C38E5"/>
     <w:rsid w:val="005C443A"/>
     <w:rsid w:val="005C4AC9"/>
     <w:rsid w:val="005C6AEE"/>
     <w:rsid w:val="005C6DEC"/>
     <w:rsid w:val="005D05DD"/>
     <w:rsid w:val="005D17A4"/>
     <w:rsid w:val="005D3017"/>
     <w:rsid w:val="005D596D"/>
     <w:rsid w:val="005E01CF"/>
     <w:rsid w:val="005E082B"/>
     <w:rsid w:val="005E2B07"/>
     <w:rsid w:val="005E6056"/>
     <w:rsid w:val="005E63D8"/>
     <w:rsid w:val="005E78D8"/>
     <w:rsid w:val="005F717E"/>
     <w:rsid w:val="005F7930"/>
     <w:rsid w:val="006000D6"/>
     <w:rsid w:val="006002D1"/>
     <w:rsid w:val="00603BB3"/>
     <w:rsid w:val="00605A0D"/>
     <w:rsid w:val="00611696"/>
     <w:rsid w:val="0061259C"/>
     <w:rsid w:val="00612A95"/>
     <w:rsid w:val="00615730"/>
     <w:rsid w:val="00617816"/>
     <w:rsid w:val="006208C4"/>
+    <w:rsid w:val="00621664"/>
     <w:rsid w:val="00621912"/>
+    <w:rsid w:val="00622995"/>
     <w:rsid w:val="00623AAB"/>
     <w:rsid w:val="00624E6B"/>
     <w:rsid w:val="00626E65"/>
     <w:rsid w:val="00630DCA"/>
     <w:rsid w:val="0063103F"/>
     <w:rsid w:val="006319F9"/>
     <w:rsid w:val="00634094"/>
     <w:rsid w:val="0063547B"/>
     <w:rsid w:val="006356EC"/>
     <w:rsid w:val="00635AB2"/>
     <w:rsid w:val="006421DD"/>
     <w:rsid w:val="006450B8"/>
     <w:rsid w:val="006477EA"/>
     <w:rsid w:val="00647F2A"/>
     <w:rsid w:val="00653073"/>
     <w:rsid w:val="00653120"/>
     <w:rsid w:val="00660D6A"/>
     <w:rsid w:val="006646A1"/>
     <w:rsid w:val="00665D3F"/>
     <w:rsid w:val="006663BA"/>
     <w:rsid w:val="0066667A"/>
     <w:rsid w:val="00666A20"/>
     <w:rsid w:val="00666DD1"/>
     <w:rsid w:val="00667E92"/>
     <w:rsid w:val="0067286E"/>
     <w:rsid w:val="00674550"/>
     <w:rsid w:val="00676F80"/>
     <w:rsid w:val="006813A7"/>
     <w:rsid w:val="0068482E"/>
     <w:rsid w:val="00686328"/>
+    <w:rsid w:val="00686D60"/>
     <w:rsid w:val="00687EE9"/>
     <w:rsid w:val="0069385B"/>
     <w:rsid w:val="006971B3"/>
     <w:rsid w:val="006A071D"/>
     <w:rsid w:val="006A0955"/>
     <w:rsid w:val="006A37AE"/>
     <w:rsid w:val="006A6266"/>
     <w:rsid w:val="006A697B"/>
     <w:rsid w:val="006A7D81"/>
     <w:rsid w:val="006B1C32"/>
     <w:rsid w:val="006B2F85"/>
     <w:rsid w:val="006B52E6"/>
     <w:rsid w:val="006C5134"/>
     <w:rsid w:val="006C6C22"/>
+    <w:rsid w:val="006C7277"/>
     <w:rsid w:val="006C7782"/>
     <w:rsid w:val="006D3B3E"/>
-    <w:rsid w:val="006D4598"/>
     <w:rsid w:val="006E1951"/>
     <w:rsid w:val="006E1FF3"/>
     <w:rsid w:val="006E52AD"/>
     <w:rsid w:val="006E6D87"/>
     <w:rsid w:val="006F16F7"/>
     <w:rsid w:val="006F1792"/>
     <w:rsid w:val="006F2606"/>
+    <w:rsid w:val="006F5456"/>
     <w:rsid w:val="00700EF9"/>
+    <w:rsid w:val="0070354B"/>
     <w:rsid w:val="00703E1E"/>
     <w:rsid w:val="007041BC"/>
     <w:rsid w:val="0070459B"/>
     <w:rsid w:val="0071180A"/>
     <w:rsid w:val="007204F3"/>
     <w:rsid w:val="00720652"/>
     <w:rsid w:val="007213DC"/>
     <w:rsid w:val="007222AB"/>
     <w:rsid w:val="00723700"/>
     <w:rsid w:val="007318F0"/>
     <w:rsid w:val="00732E73"/>
     <w:rsid w:val="00734BCF"/>
     <w:rsid w:val="00734F60"/>
     <w:rsid w:val="007371EF"/>
     <w:rsid w:val="00737ED1"/>
     <w:rsid w:val="007403BA"/>
     <w:rsid w:val="00742DDF"/>
     <w:rsid w:val="0074314B"/>
     <w:rsid w:val="00746460"/>
     <w:rsid w:val="00750245"/>
     <w:rsid w:val="00751246"/>
     <w:rsid w:val="00765811"/>
     <w:rsid w:val="007676C8"/>
     <w:rsid w:val="00767C73"/>
     <w:rsid w:val="007714D9"/>
     <w:rsid w:val="00771579"/>
     <w:rsid w:val="007727A4"/>
     <w:rsid w:val="007727D8"/>
     <w:rsid w:val="007748BE"/>
     <w:rsid w:val="00775356"/>
     <w:rsid w:val="00776E2F"/>
     <w:rsid w:val="007770C6"/>
     <w:rsid w:val="007879C0"/>
     <w:rsid w:val="00790BE9"/>
     <w:rsid w:val="0079660F"/>
     <w:rsid w:val="00796BF1"/>
+    <w:rsid w:val="00797521"/>
     <w:rsid w:val="007A0153"/>
     <w:rsid w:val="007A28E1"/>
     <w:rsid w:val="007A5540"/>
     <w:rsid w:val="007A6BA8"/>
     <w:rsid w:val="007B35C8"/>
     <w:rsid w:val="007B5A7E"/>
     <w:rsid w:val="007B618F"/>
     <w:rsid w:val="007B7619"/>
     <w:rsid w:val="007B7870"/>
     <w:rsid w:val="007C12CF"/>
     <w:rsid w:val="007C206F"/>
     <w:rsid w:val="007C351A"/>
     <w:rsid w:val="007D10C0"/>
     <w:rsid w:val="007D11E6"/>
     <w:rsid w:val="007D24C1"/>
     <w:rsid w:val="007D30B1"/>
     <w:rsid w:val="007D36EF"/>
     <w:rsid w:val="007D6D64"/>
     <w:rsid w:val="007E0A9D"/>
     <w:rsid w:val="007E2BB7"/>
     <w:rsid w:val="007E6298"/>
     <w:rsid w:val="007E7ADF"/>
     <w:rsid w:val="007E7FAB"/>
     <w:rsid w:val="007F233F"/>
     <w:rsid w:val="007F2C61"/>
     <w:rsid w:val="007F449C"/>
     <w:rsid w:val="007F507F"/>
     <w:rsid w:val="007F6656"/>
     <w:rsid w:val="0080110D"/>
     <w:rsid w:val="00802D0E"/>
     <w:rsid w:val="00804339"/>
     <w:rsid w:val="00816D63"/>
     <w:rsid w:val="00817546"/>
     <w:rsid w:val="00822935"/>
     <w:rsid w:val="00822CAA"/>
     <w:rsid w:val="008265C3"/>
     <w:rsid w:val="008345A1"/>
     <w:rsid w:val="00835526"/>
     <w:rsid w:val="008366A4"/>
     <w:rsid w:val="00840DD2"/>
+    <w:rsid w:val="00841608"/>
     <w:rsid w:val="008436C2"/>
     <w:rsid w:val="008446C2"/>
     <w:rsid w:val="00845A61"/>
     <w:rsid w:val="008470C3"/>
+    <w:rsid w:val="00850857"/>
     <w:rsid w:val="00850BEE"/>
     <w:rsid w:val="00852BE5"/>
     <w:rsid w:val="0085581C"/>
     <w:rsid w:val="008577BA"/>
     <w:rsid w:val="008621D3"/>
     <w:rsid w:val="00862CCF"/>
     <w:rsid w:val="008646CB"/>
     <w:rsid w:val="00866DF3"/>
     <w:rsid w:val="0087187F"/>
+    <w:rsid w:val="00872306"/>
     <w:rsid w:val="00877854"/>
     <w:rsid w:val="00880AB9"/>
+    <w:rsid w:val="00882842"/>
     <w:rsid w:val="00882FEA"/>
     <w:rsid w:val="00884F4C"/>
     <w:rsid w:val="00885661"/>
     <w:rsid w:val="00886434"/>
     <w:rsid w:val="0088646D"/>
     <w:rsid w:val="008865FD"/>
     <w:rsid w:val="00886687"/>
     <w:rsid w:val="00893A4B"/>
     <w:rsid w:val="00893BC4"/>
     <w:rsid w:val="00895A9B"/>
     <w:rsid w:val="008A5BA9"/>
     <w:rsid w:val="008A7938"/>
     <w:rsid w:val="008B03E6"/>
     <w:rsid w:val="008B1516"/>
     <w:rsid w:val="008B161A"/>
+    <w:rsid w:val="008B1A17"/>
     <w:rsid w:val="008B468E"/>
     <w:rsid w:val="008C0953"/>
     <w:rsid w:val="008C24E7"/>
     <w:rsid w:val="008C6665"/>
     <w:rsid w:val="008D03F3"/>
     <w:rsid w:val="008D19E7"/>
     <w:rsid w:val="008D1E62"/>
     <w:rsid w:val="008D3254"/>
     <w:rsid w:val="008D68D5"/>
     <w:rsid w:val="008D74B7"/>
     <w:rsid w:val="008E0127"/>
+    <w:rsid w:val="008E0388"/>
     <w:rsid w:val="008E15CB"/>
     <w:rsid w:val="008E1F54"/>
     <w:rsid w:val="008F0085"/>
     <w:rsid w:val="008F0951"/>
     <w:rsid w:val="008F0A6A"/>
     <w:rsid w:val="008F3A96"/>
+    <w:rsid w:val="008F7753"/>
+    <w:rsid w:val="00902014"/>
     <w:rsid w:val="00904363"/>
     <w:rsid w:val="00906CBC"/>
     <w:rsid w:val="00907B6C"/>
     <w:rsid w:val="00910D45"/>
+    <w:rsid w:val="00911AB2"/>
     <w:rsid w:val="00912F3B"/>
     <w:rsid w:val="00917986"/>
     <w:rsid w:val="00917B90"/>
     <w:rsid w:val="009201E8"/>
     <w:rsid w:val="0092022B"/>
     <w:rsid w:val="00924C4A"/>
+    <w:rsid w:val="009257BC"/>
     <w:rsid w:val="00925B38"/>
     <w:rsid w:val="00925FC9"/>
     <w:rsid w:val="00931581"/>
     <w:rsid w:val="009350A4"/>
     <w:rsid w:val="009372DB"/>
     <w:rsid w:val="0094172A"/>
     <w:rsid w:val="00941AA4"/>
     <w:rsid w:val="00943302"/>
     <w:rsid w:val="00943F63"/>
     <w:rsid w:val="00944D2C"/>
     <w:rsid w:val="0095473F"/>
     <w:rsid w:val="009558A1"/>
     <w:rsid w:val="00955BB8"/>
     <w:rsid w:val="00961072"/>
     <w:rsid w:val="00961679"/>
     <w:rsid w:val="00962D79"/>
     <w:rsid w:val="00963284"/>
     <w:rsid w:val="00964660"/>
     <w:rsid w:val="00967106"/>
     <w:rsid w:val="00967DAE"/>
     <w:rsid w:val="00972DE2"/>
     <w:rsid w:val="009737F5"/>
     <w:rsid w:val="00974AE9"/>
     <w:rsid w:val="0097689D"/>
     <w:rsid w:val="00976E4D"/>
+    <w:rsid w:val="00977C08"/>
     <w:rsid w:val="00980D29"/>
     <w:rsid w:val="0098497D"/>
     <w:rsid w:val="00984F9B"/>
     <w:rsid w:val="00987179"/>
     <w:rsid w:val="00996B8C"/>
     <w:rsid w:val="00997E56"/>
     <w:rsid w:val="00997EF0"/>
     <w:rsid w:val="009A1C43"/>
     <w:rsid w:val="009A5B41"/>
     <w:rsid w:val="009A5E06"/>
     <w:rsid w:val="009B1CB5"/>
     <w:rsid w:val="009B4A6B"/>
     <w:rsid w:val="009B74F8"/>
     <w:rsid w:val="009C13A9"/>
     <w:rsid w:val="009C15EA"/>
     <w:rsid w:val="009C183F"/>
     <w:rsid w:val="009C29EC"/>
     <w:rsid w:val="009C7E69"/>
     <w:rsid w:val="009D1808"/>
     <w:rsid w:val="009D22F6"/>
     <w:rsid w:val="009D2BC7"/>
     <w:rsid w:val="009D3EF9"/>
+    <w:rsid w:val="009D6D0B"/>
     <w:rsid w:val="009E07A6"/>
     <w:rsid w:val="009E2399"/>
     <w:rsid w:val="009E41B1"/>
     <w:rsid w:val="009E4A2B"/>
     <w:rsid w:val="009E5BFA"/>
     <w:rsid w:val="009F0DF8"/>
+    <w:rsid w:val="009F369A"/>
     <w:rsid w:val="009F42AB"/>
     <w:rsid w:val="009F6D80"/>
     <w:rsid w:val="00A01C2F"/>
     <w:rsid w:val="00A01E2A"/>
     <w:rsid w:val="00A04AE3"/>
     <w:rsid w:val="00A05129"/>
     <w:rsid w:val="00A05A74"/>
     <w:rsid w:val="00A05EC3"/>
     <w:rsid w:val="00A07186"/>
     <w:rsid w:val="00A101E1"/>
     <w:rsid w:val="00A108F5"/>
     <w:rsid w:val="00A10FFC"/>
     <w:rsid w:val="00A11F0B"/>
     <w:rsid w:val="00A12E10"/>
     <w:rsid w:val="00A134ED"/>
     <w:rsid w:val="00A14894"/>
+    <w:rsid w:val="00A14F9A"/>
     <w:rsid w:val="00A17113"/>
     <w:rsid w:val="00A17F15"/>
     <w:rsid w:val="00A20114"/>
+    <w:rsid w:val="00A20514"/>
     <w:rsid w:val="00A217DB"/>
     <w:rsid w:val="00A21A10"/>
     <w:rsid w:val="00A24CD4"/>
     <w:rsid w:val="00A26A74"/>
     <w:rsid w:val="00A31BBA"/>
     <w:rsid w:val="00A364DC"/>
     <w:rsid w:val="00A40F6F"/>
     <w:rsid w:val="00A4105D"/>
     <w:rsid w:val="00A44EF0"/>
     <w:rsid w:val="00A4572E"/>
     <w:rsid w:val="00A4642F"/>
     <w:rsid w:val="00A50AB6"/>
     <w:rsid w:val="00A53AE8"/>
     <w:rsid w:val="00A5421A"/>
     <w:rsid w:val="00A54E33"/>
+    <w:rsid w:val="00A55E81"/>
     <w:rsid w:val="00A570B2"/>
     <w:rsid w:val="00A60349"/>
     <w:rsid w:val="00A7073A"/>
     <w:rsid w:val="00A70839"/>
     <w:rsid w:val="00A76CD3"/>
     <w:rsid w:val="00A77BB7"/>
     <w:rsid w:val="00A77E3D"/>
     <w:rsid w:val="00A8198C"/>
+    <w:rsid w:val="00A827A7"/>
     <w:rsid w:val="00A90252"/>
+    <w:rsid w:val="00A919CC"/>
     <w:rsid w:val="00A938E8"/>
     <w:rsid w:val="00A94C7F"/>
     <w:rsid w:val="00A95BB6"/>
     <w:rsid w:val="00A960BF"/>
     <w:rsid w:val="00AA029C"/>
     <w:rsid w:val="00AA0525"/>
     <w:rsid w:val="00AA24E8"/>
     <w:rsid w:val="00AA4B34"/>
     <w:rsid w:val="00AB02C1"/>
     <w:rsid w:val="00AB102C"/>
     <w:rsid w:val="00AB13BB"/>
     <w:rsid w:val="00AB2772"/>
     <w:rsid w:val="00AB3ED0"/>
     <w:rsid w:val="00AB431A"/>
     <w:rsid w:val="00AB48FF"/>
     <w:rsid w:val="00AB4D5F"/>
     <w:rsid w:val="00AB4DB9"/>
     <w:rsid w:val="00AB4EC6"/>
     <w:rsid w:val="00AC186E"/>
     <w:rsid w:val="00AC738A"/>
     <w:rsid w:val="00AD1BEF"/>
     <w:rsid w:val="00AD2249"/>
     <w:rsid w:val="00AD69D3"/>
     <w:rsid w:val="00AD7800"/>
+    <w:rsid w:val="00AE1F0A"/>
     <w:rsid w:val="00AE325A"/>
     <w:rsid w:val="00AE3B16"/>
     <w:rsid w:val="00AE4882"/>
     <w:rsid w:val="00AF11F8"/>
     <w:rsid w:val="00B02D44"/>
     <w:rsid w:val="00B03391"/>
     <w:rsid w:val="00B06F92"/>
     <w:rsid w:val="00B10846"/>
     <w:rsid w:val="00B10CB2"/>
     <w:rsid w:val="00B1355B"/>
     <w:rsid w:val="00B14F93"/>
     <w:rsid w:val="00B15D72"/>
     <w:rsid w:val="00B16BC9"/>
     <w:rsid w:val="00B17B1A"/>
     <w:rsid w:val="00B20BE1"/>
     <w:rsid w:val="00B24522"/>
     <w:rsid w:val="00B24C7A"/>
     <w:rsid w:val="00B3148D"/>
     <w:rsid w:val="00B32F6F"/>
     <w:rsid w:val="00B345EC"/>
     <w:rsid w:val="00B34DCC"/>
     <w:rsid w:val="00B37664"/>
     <w:rsid w:val="00B43EB4"/>
     <w:rsid w:val="00B458C3"/>
     <w:rsid w:val="00B458FC"/>
     <w:rsid w:val="00B502DE"/>
     <w:rsid w:val="00B50A04"/>
     <w:rsid w:val="00B53BC7"/>
     <w:rsid w:val="00B53E21"/>
     <w:rsid w:val="00B559E6"/>
     <w:rsid w:val="00B55D13"/>
     <w:rsid w:val="00B56063"/>
     <w:rsid w:val="00B56599"/>
     <w:rsid w:val="00B56EC1"/>
     <w:rsid w:val="00B57BF8"/>
     <w:rsid w:val="00B57DC5"/>
-    <w:rsid w:val="00B62180"/>
     <w:rsid w:val="00B6325D"/>
     <w:rsid w:val="00B63AD2"/>
     <w:rsid w:val="00B6457A"/>
     <w:rsid w:val="00B6577F"/>
     <w:rsid w:val="00B65D1A"/>
     <w:rsid w:val="00B66BD4"/>
     <w:rsid w:val="00B67513"/>
     <w:rsid w:val="00B67AE2"/>
     <w:rsid w:val="00B67E85"/>
+    <w:rsid w:val="00B72EAF"/>
     <w:rsid w:val="00B808E2"/>
     <w:rsid w:val="00B84AA7"/>
     <w:rsid w:val="00B85E95"/>
     <w:rsid w:val="00B87D77"/>
     <w:rsid w:val="00B9390B"/>
     <w:rsid w:val="00B9391A"/>
     <w:rsid w:val="00B93C55"/>
     <w:rsid w:val="00B93D34"/>
     <w:rsid w:val="00B95441"/>
     <w:rsid w:val="00B95CA8"/>
     <w:rsid w:val="00BA0307"/>
     <w:rsid w:val="00BA36B9"/>
     <w:rsid w:val="00BA4B2C"/>
     <w:rsid w:val="00BB0589"/>
     <w:rsid w:val="00BB08B5"/>
     <w:rsid w:val="00BB0E73"/>
     <w:rsid w:val="00BB1AD9"/>
     <w:rsid w:val="00BB1C52"/>
     <w:rsid w:val="00BB2934"/>
     <w:rsid w:val="00BB4201"/>
     <w:rsid w:val="00BB491A"/>
     <w:rsid w:val="00BB79D3"/>
     <w:rsid w:val="00BC1D0A"/>
     <w:rsid w:val="00BC5E42"/>
     <w:rsid w:val="00BD00A6"/>
     <w:rsid w:val="00BD0148"/>
     <w:rsid w:val="00BD1656"/>
     <w:rsid w:val="00BD2F64"/>
     <w:rsid w:val="00BD2F6B"/>
     <w:rsid w:val="00BD6ABF"/>
+    <w:rsid w:val="00BE3196"/>
     <w:rsid w:val="00BE5C0E"/>
     <w:rsid w:val="00BE68E5"/>
     <w:rsid w:val="00BF19EE"/>
     <w:rsid w:val="00BF2094"/>
     <w:rsid w:val="00BF21FF"/>
     <w:rsid w:val="00BF283C"/>
     <w:rsid w:val="00BF29A8"/>
-    <w:rsid w:val="00BF5F0E"/>
     <w:rsid w:val="00BF736E"/>
     <w:rsid w:val="00C004DE"/>
     <w:rsid w:val="00C016AB"/>
     <w:rsid w:val="00C0411D"/>
     <w:rsid w:val="00C0538E"/>
     <w:rsid w:val="00C07184"/>
     <w:rsid w:val="00C07343"/>
     <w:rsid w:val="00C1024E"/>
     <w:rsid w:val="00C16158"/>
     <w:rsid w:val="00C17365"/>
     <w:rsid w:val="00C17E0E"/>
     <w:rsid w:val="00C20E8E"/>
+    <w:rsid w:val="00C20ED7"/>
     <w:rsid w:val="00C2124A"/>
     <w:rsid w:val="00C2184E"/>
     <w:rsid w:val="00C220CC"/>
     <w:rsid w:val="00C23933"/>
     <w:rsid w:val="00C24614"/>
     <w:rsid w:val="00C24C37"/>
     <w:rsid w:val="00C265E5"/>
     <w:rsid w:val="00C2696A"/>
     <w:rsid w:val="00C27248"/>
     <w:rsid w:val="00C315C8"/>
     <w:rsid w:val="00C334D6"/>
     <w:rsid w:val="00C33C7C"/>
     <w:rsid w:val="00C3756E"/>
     <w:rsid w:val="00C42B3A"/>
     <w:rsid w:val="00C44A40"/>
     <w:rsid w:val="00C46290"/>
     <w:rsid w:val="00C5351F"/>
+    <w:rsid w:val="00C5659A"/>
     <w:rsid w:val="00C570D3"/>
     <w:rsid w:val="00C638DB"/>
     <w:rsid w:val="00C6425D"/>
     <w:rsid w:val="00C65199"/>
-    <w:rsid w:val="00C67F16"/>
     <w:rsid w:val="00C706B9"/>
     <w:rsid w:val="00C72E48"/>
     <w:rsid w:val="00C73AC9"/>
     <w:rsid w:val="00C74B2C"/>
     <w:rsid w:val="00C758A3"/>
     <w:rsid w:val="00C76246"/>
     <w:rsid w:val="00C8024C"/>
     <w:rsid w:val="00C80521"/>
     <w:rsid w:val="00C834C4"/>
     <w:rsid w:val="00C92193"/>
     <w:rsid w:val="00C93ABC"/>
     <w:rsid w:val="00CA0FB8"/>
     <w:rsid w:val="00CA1213"/>
     <w:rsid w:val="00CA1E1B"/>
     <w:rsid w:val="00CA43E2"/>
     <w:rsid w:val="00CA4D96"/>
     <w:rsid w:val="00CA5758"/>
     <w:rsid w:val="00CA5C99"/>
     <w:rsid w:val="00CA66E9"/>
     <w:rsid w:val="00CA6D66"/>
+    <w:rsid w:val="00CA6D99"/>
     <w:rsid w:val="00CB2035"/>
     <w:rsid w:val="00CB2AEE"/>
     <w:rsid w:val="00CB2C6F"/>
     <w:rsid w:val="00CB4562"/>
     <w:rsid w:val="00CB563C"/>
+    <w:rsid w:val="00CB60F2"/>
     <w:rsid w:val="00CC043D"/>
     <w:rsid w:val="00CC2DF6"/>
     <w:rsid w:val="00CC3A3F"/>
     <w:rsid w:val="00CC3D84"/>
     <w:rsid w:val="00CC5913"/>
     <w:rsid w:val="00CD3A28"/>
     <w:rsid w:val="00CD4F29"/>
     <w:rsid w:val="00CD73AF"/>
     <w:rsid w:val="00CE088E"/>
     <w:rsid w:val="00CE32F5"/>
     <w:rsid w:val="00CE7A9F"/>
+    <w:rsid w:val="00CF232D"/>
     <w:rsid w:val="00CF46DF"/>
     <w:rsid w:val="00CF61AA"/>
     <w:rsid w:val="00CF72D0"/>
+    <w:rsid w:val="00D05849"/>
     <w:rsid w:val="00D12EF4"/>
     <w:rsid w:val="00D15660"/>
     <w:rsid w:val="00D17175"/>
     <w:rsid w:val="00D20D22"/>
     <w:rsid w:val="00D213B6"/>
     <w:rsid w:val="00D23FB1"/>
     <w:rsid w:val="00D250B6"/>
     <w:rsid w:val="00D272B1"/>
+    <w:rsid w:val="00D3064E"/>
     <w:rsid w:val="00D316DC"/>
     <w:rsid w:val="00D31AF7"/>
     <w:rsid w:val="00D36817"/>
     <w:rsid w:val="00D36E70"/>
     <w:rsid w:val="00D40F43"/>
     <w:rsid w:val="00D411EC"/>
     <w:rsid w:val="00D45885"/>
     <w:rsid w:val="00D47C4B"/>
     <w:rsid w:val="00D533B4"/>
     <w:rsid w:val="00D5354C"/>
     <w:rsid w:val="00D5564A"/>
     <w:rsid w:val="00D55F3B"/>
     <w:rsid w:val="00D56FD8"/>
     <w:rsid w:val="00D57A83"/>
     <w:rsid w:val="00D613FF"/>
     <w:rsid w:val="00D624AC"/>
     <w:rsid w:val="00D66172"/>
     <w:rsid w:val="00D66D60"/>
     <w:rsid w:val="00D67B02"/>
     <w:rsid w:val="00D701E5"/>
+    <w:rsid w:val="00D7154D"/>
     <w:rsid w:val="00D745DC"/>
     <w:rsid w:val="00D83B4D"/>
     <w:rsid w:val="00D845CE"/>
     <w:rsid w:val="00D8483D"/>
     <w:rsid w:val="00D864FF"/>
     <w:rsid w:val="00D866A4"/>
     <w:rsid w:val="00D87B97"/>
     <w:rsid w:val="00D917BB"/>
     <w:rsid w:val="00D971A6"/>
     <w:rsid w:val="00D97329"/>
     <w:rsid w:val="00D97548"/>
     <w:rsid w:val="00DA0028"/>
     <w:rsid w:val="00DA1DA0"/>
     <w:rsid w:val="00DA29F7"/>
     <w:rsid w:val="00DA4285"/>
     <w:rsid w:val="00DA5EFF"/>
     <w:rsid w:val="00DA60FF"/>
     <w:rsid w:val="00DA78E0"/>
     <w:rsid w:val="00DB1E2D"/>
     <w:rsid w:val="00DB2515"/>
     <w:rsid w:val="00DB3F67"/>
+    <w:rsid w:val="00DB5DD1"/>
     <w:rsid w:val="00DB71F0"/>
     <w:rsid w:val="00DB734B"/>
     <w:rsid w:val="00DC151E"/>
     <w:rsid w:val="00DC2892"/>
     <w:rsid w:val="00DC3AAC"/>
     <w:rsid w:val="00DC3BBB"/>
     <w:rsid w:val="00DC3C7A"/>
     <w:rsid w:val="00DC510B"/>
     <w:rsid w:val="00DC7F6E"/>
     <w:rsid w:val="00DD1E23"/>
+    <w:rsid w:val="00DD2705"/>
     <w:rsid w:val="00DD2737"/>
+    <w:rsid w:val="00DD507F"/>
     <w:rsid w:val="00DE2273"/>
     <w:rsid w:val="00DE41DB"/>
     <w:rsid w:val="00DE43C1"/>
     <w:rsid w:val="00DE571B"/>
     <w:rsid w:val="00DE7604"/>
     <w:rsid w:val="00DF1252"/>
     <w:rsid w:val="00DF1EE5"/>
     <w:rsid w:val="00DF30A4"/>
     <w:rsid w:val="00DF46E8"/>
     <w:rsid w:val="00DF576D"/>
     <w:rsid w:val="00E010F0"/>
     <w:rsid w:val="00E01CAD"/>
     <w:rsid w:val="00E03DC9"/>
     <w:rsid w:val="00E057B5"/>
     <w:rsid w:val="00E133DD"/>
     <w:rsid w:val="00E177FB"/>
     <w:rsid w:val="00E20819"/>
+    <w:rsid w:val="00E22B87"/>
     <w:rsid w:val="00E24BF1"/>
     <w:rsid w:val="00E32967"/>
     <w:rsid w:val="00E32F27"/>
     <w:rsid w:val="00E37DED"/>
     <w:rsid w:val="00E42F3E"/>
     <w:rsid w:val="00E43444"/>
     <w:rsid w:val="00E44146"/>
     <w:rsid w:val="00E465DA"/>
     <w:rsid w:val="00E46D5F"/>
     <w:rsid w:val="00E51091"/>
     <w:rsid w:val="00E511B4"/>
     <w:rsid w:val="00E5210D"/>
     <w:rsid w:val="00E53C26"/>
     <w:rsid w:val="00E60768"/>
     <w:rsid w:val="00E62FF2"/>
     <w:rsid w:val="00E63490"/>
     <w:rsid w:val="00E658F3"/>
+    <w:rsid w:val="00E6615E"/>
     <w:rsid w:val="00E677BF"/>
     <w:rsid w:val="00E7240E"/>
     <w:rsid w:val="00E73F9C"/>
     <w:rsid w:val="00E7498B"/>
     <w:rsid w:val="00E804E2"/>
     <w:rsid w:val="00E80C63"/>
     <w:rsid w:val="00E81FEB"/>
     <w:rsid w:val="00E83205"/>
     <w:rsid w:val="00E848BE"/>
     <w:rsid w:val="00E86631"/>
     <w:rsid w:val="00E871D2"/>
     <w:rsid w:val="00E91C36"/>
+    <w:rsid w:val="00E93254"/>
     <w:rsid w:val="00E93BBC"/>
     <w:rsid w:val="00E94E87"/>
     <w:rsid w:val="00E95297"/>
     <w:rsid w:val="00E97357"/>
+    <w:rsid w:val="00E97639"/>
     <w:rsid w:val="00EA5A78"/>
     <w:rsid w:val="00EA5F43"/>
     <w:rsid w:val="00EA637D"/>
     <w:rsid w:val="00EA63F4"/>
     <w:rsid w:val="00EA687D"/>
     <w:rsid w:val="00EB0189"/>
     <w:rsid w:val="00EB018F"/>
     <w:rsid w:val="00EC0FE3"/>
     <w:rsid w:val="00EC77CA"/>
+    <w:rsid w:val="00ED1ED9"/>
     <w:rsid w:val="00ED3BD3"/>
     <w:rsid w:val="00ED4B4D"/>
     <w:rsid w:val="00ED77EC"/>
     <w:rsid w:val="00EE0174"/>
     <w:rsid w:val="00EE0D4C"/>
     <w:rsid w:val="00EF2428"/>
     <w:rsid w:val="00EF4EEB"/>
     <w:rsid w:val="00EF5323"/>
     <w:rsid w:val="00EF6B25"/>
     <w:rsid w:val="00EF7F95"/>
+    <w:rsid w:val="00F016A0"/>
+    <w:rsid w:val="00F02340"/>
     <w:rsid w:val="00F024D1"/>
+    <w:rsid w:val="00F11370"/>
     <w:rsid w:val="00F117C6"/>
     <w:rsid w:val="00F1477E"/>
     <w:rsid w:val="00F26046"/>
     <w:rsid w:val="00F34DA4"/>
+    <w:rsid w:val="00F356E3"/>
     <w:rsid w:val="00F35E3F"/>
     <w:rsid w:val="00F373DC"/>
     <w:rsid w:val="00F41F2A"/>
     <w:rsid w:val="00F42978"/>
     <w:rsid w:val="00F4486A"/>
     <w:rsid w:val="00F448B8"/>
     <w:rsid w:val="00F44FD0"/>
     <w:rsid w:val="00F460BC"/>
     <w:rsid w:val="00F52C22"/>
     <w:rsid w:val="00F52EDC"/>
+    <w:rsid w:val="00F52F8E"/>
     <w:rsid w:val="00F54227"/>
     <w:rsid w:val="00F551A8"/>
     <w:rsid w:val="00F557A9"/>
     <w:rsid w:val="00F55CA4"/>
     <w:rsid w:val="00F55D7F"/>
+    <w:rsid w:val="00F60330"/>
     <w:rsid w:val="00F61BD1"/>
     <w:rsid w:val="00F62047"/>
     <w:rsid w:val="00F66452"/>
     <w:rsid w:val="00F66469"/>
     <w:rsid w:val="00F66AB0"/>
     <w:rsid w:val="00F71C5A"/>
     <w:rsid w:val="00F74760"/>
     <w:rsid w:val="00F74B89"/>
     <w:rsid w:val="00F7508A"/>
     <w:rsid w:val="00F75AFA"/>
+    <w:rsid w:val="00F82038"/>
     <w:rsid w:val="00F90442"/>
     <w:rsid w:val="00F908A8"/>
     <w:rsid w:val="00F926C5"/>
     <w:rsid w:val="00F93704"/>
     <w:rsid w:val="00F94AB0"/>
     <w:rsid w:val="00F96F06"/>
     <w:rsid w:val="00FA0446"/>
     <w:rsid w:val="00FA151C"/>
     <w:rsid w:val="00FA2689"/>
     <w:rsid w:val="00FA7DF7"/>
     <w:rsid w:val="00FB1469"/>
     <w:rsid w:val="00FB3863"/>
+    <w:rsid w:val="00FB6319"/>
     <w:rsid w:val="00FC082C"/>
     <w:rsid w:val="00FC1605"/>
     <w:rsid w:val="00FC3B7B"/>
     <w:rsid w:val="00FC5B26"/>
     <w:rsid w:val="00FD03F9"/>
     <w:rsid w:val="00FD0D61"/>
     <w:rsid w:val="00FD2222"/>
     <w:rsid w:val="00FD2F62"/>
     <w:rsid w:val="00FD7004"/>
     <w:rsid w:val="00FD7BAF"/>
     <w:rsid w:val="00FE04C5"/>
     <w:rsid w:val="00FE5BAC"/>
     <w:rsid w:val="00FE636A"/>
     <w:rsid w:val="00FE7DEA"/>
     <w:rsid w:val="00FF2A91"/>
     <w:rsid w:val="00FF3523"/>
     <w:rsid w:val="00FF4A56"/>
+    <w:rsid w:val="00FF4E9F"/>
     <w:rsid w:val="00FF5263"/>
     <w:rsid w:val="00FF5A3C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -20145,50 +20598,51 @@
                       <w:divsChild>
                         <w:div w:id="818376351">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -20469,77 +20923,62 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{813DD457-F212-452F-87A4-A62509CC6FD2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>4256</Words>
-  <Characters>22646</Characters>
+  <Words>4111</Words>
+  <Characters>23439</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>666</Lines>
-  <Paragraphs>286</Paragraphs>
+  <Lines>195</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26616</CharactersWithSpaces>
+  <CharactersWithSpaces>27496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
-    <vt:lpwstr>a1357ecf-e86d-49f4-9628-15936257652e</vt:lpwstr>
+    <vt:lpwstr>a78ea8b2-2fe4-4a9e-8974-46e4da75a2c2</vt:lpwstr>
   </property>
 </Properties>
 </file>